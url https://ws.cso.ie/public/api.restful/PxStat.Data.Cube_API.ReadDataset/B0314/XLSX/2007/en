--- v0 (2025-10-13)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6073f526b68a4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5e6b71a4d58488085a8718fa0068eb2.psmdcp" Id="Re8b1a877698c401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc491c4e425bf4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28da53cab3b749ccbe7a439e6681a3d5.psmdcp" Id="Rb02470a02cb94061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0314</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 65 Years and Over and Percentage of those Living Alone in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0314/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,547 +652,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1463,51 +1126,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0314/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1694,51 +1357,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14432,51 +14095,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14493,51 +14156,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -15006,27 +14669,4780 @@
         <x:n v="8287"/>
         <x:n v="2879"/>
         <x:n v="34.7"/>
         <x:n v="3965"/>
         <x:n v="1364"/>
         <x:n v="3766"/>
         <x:n v="1328"/>
         <x:n v="35.3"/>
         <x:n v="15585"/>
         <x:n v="5462"/>
         <x:n v="3854"/>
         <x:n v="1321"/>
         <x:n v="34.3"/>
         <x:n v="8498"/>
         <x:n v="2960"/>
         <x:n v="3233"/>
         <x:n v="1181"/>
         <x:n v="36.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="392836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="113826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="192524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="54329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="103249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="29710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="56924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="18197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="116689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="34081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="46163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="13286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="32110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="9033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="54426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="16439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="20924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="174693"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="38014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="83341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="16182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="22851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9088"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5670"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="52555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="11747"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="20318"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="6570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9655"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13612"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="218143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="75812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="109183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="38147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="21930"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="34073"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="13097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6673"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="64134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="22334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25845"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="9078"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6288"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8498"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0314C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+</pivotCacheRecords>
 </file>