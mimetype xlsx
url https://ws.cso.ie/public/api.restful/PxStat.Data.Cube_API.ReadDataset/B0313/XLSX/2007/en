--- v0 (2025-11-05)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7709aa2aeec44971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3bfdca97be54ebe8914ed4173296d7a.psmdcp" Id="Rb8c153dc20bc422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22525ec1b7a54660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adb5a932df4e410f812df6c458128501.psmdcp" Id="Rca12fac601c24ae8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0313</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Separated includes divorced.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0313/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -499,363 +499,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02778V03347" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L243" totalsRowShown="0">
   <x:autoFilter ref="A1:L243"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02778V03347"/>
     <x:tableColumn id="8" name="Marital Status of Reference Person"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1128,51 +935,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0313/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1361,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L243"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10631,51 +10438,51 @@
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>136043</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10692,51 +10499,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L243" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0313"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -11042,27 +10849,3416 @@
         <x:n v="3611"/>
         <x:n v="20823"/>
         <x:n v="118947"/>
         <x:n v="20064"/>
         <x:n v="9784"/>
         <x:n v="3295"/>
         <x:n v="85804"/>
         <x:n v="526311"/>
         <x:n v="338141"/>
         <x:n v="33280"/>
         <x:n v="266122"/>
         <x:n v="4867"/>
         <x:n v="33872"/>
         <x:n v="188170"/>
         <x:n v="26274"/>
         <x:n v="21042"/>
         <x:n v="4811"/>
         <x:n v="136043"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287958"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813724"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177346"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569118"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37552"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29708"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474234"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168723"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131158"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59939"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114414"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3791316"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2576998"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331655"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2118216"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71273"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55854"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1214318"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365915"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474885"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167224"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206294"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62003"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24648"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23235"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37355"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35452"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169182"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65996"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61862"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103186"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97605"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97534"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48618"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32827"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15429"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48916"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36449"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11078"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250690"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121310"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74375"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46184"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129380"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91687"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33510"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130798"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77979"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26713"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49322"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52819"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25342"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382247"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228310"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54384"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170008"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153937"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59586"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16409"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138981"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90545"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16335"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69676"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48436"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15371"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23024"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9138"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490294"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328508"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30781"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287821"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9126"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161786"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33057"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95069"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30760"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138106"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94390"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12271"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75646"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43716"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10734"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19915"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11395"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524703"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375095"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20613"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339954"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12919"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149608"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20129"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86504"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37359"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5616"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130686"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92833"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74209"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37853"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15793"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10782"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="485154"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365450"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16464"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331880"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14190"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119704"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13845"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65607"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31671"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123266"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90167"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11132"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70798"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33099"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12645"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9138"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4649"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415655"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323747"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15660"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290899"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91908"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9859"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46119"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23054"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108814"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80301"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9825"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63230"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28513"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9279"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7562"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323535"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256147"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13187"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228932"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8382"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67388"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29104"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12704"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17934"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87760"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63180"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48380"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24580"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223545"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174294"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11049"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152361"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49251"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6227"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16244"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20812"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270010"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151063"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25566"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101063"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20823"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118947"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20064"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85804"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="526311"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338141"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33280"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266122"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33872"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188170"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26274"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21042"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4811"/>
+  </r>
+  <r>
+    <s v="B0313"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136043"/>
+  </r>
+</pivotCacheRecords>
 </file>