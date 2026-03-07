--- v1 (2026-01-17)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22525ec1b7a54660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adb5a932df4e410f812df6c458128501.psmdcp" Id="Rca12fac601c24ae8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0527b22ac964523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b05c9aaf2e542239a48042773104caf.psmdcp" Id="R6b158a9cce084945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>