--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aaf553ad328404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a935faf9fb44053bfe3aba2af8ba752.psmdcp" Id="Rddc9b6db928f43b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b8972fc5cb4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0728a8003e946089774f75f910f31fd.psmdcp" Id="Ra08540238b1841a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0208</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0208/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1003,1035 +1003,338 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...983 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1011" totalsRowShown="0">
   <x:autoFilter ref="A1:L1011"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="At Each Year of Age"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2304,51 +1607,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0208/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2535,51 +1838,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1011"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -40989,51 +40292,51 @@
       <x:c r="I1011" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1011" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K1011" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L1011" s="0">
         <x:v>149250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41050,51 +40353,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1011" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0208"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="2">
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
@@ -42219,27 +41522,14168 @@
         <x:n v="1281"/>
         <x:n v="1213"/>
         <x:n v="296"/>
         <x:n v="64"/>
         <x:n v="849"/>
         <x:n v="813"/>
         <x:n v="205"/>
         <x:n v="40"/>
         <x:n v="566"/>
         <x:n v="539"/>
         <x:n v="25"/>
         <x:n v="348"/>
         <x:n v="107"/>
         <x:n v="1"/>
         <x:n v="221"/>
         <x:n v="208"/>
         <x:n v="1567655"/>
         <x:n v="616073"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122635"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1918359"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094830"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1890048"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1066519"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861254"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037725"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1832440"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008911"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804124"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980595"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1776038"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="952509"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1748926"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="925397"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1722277"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898748"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1695747"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="872218"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1668234"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="844705"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639928"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816399"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1610369"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="786840"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1581458"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="757929"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1552445"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728916"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1490751"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667226"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728340"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459256"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635738"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728336"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57572"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1426681"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603190"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728312"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57569"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1394469"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571029"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728266"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57564"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1361707"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="538373"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728165"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57560"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37609"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1328214"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505057"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728002"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57547"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37608"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1293920"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471043"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727745"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57528"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37604"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1259768"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437342"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727320"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57506"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37600"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1227749"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406041"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726647"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57468"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37593"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1196415"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375869"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725543"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57419"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37584"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1165611"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347092"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723586"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57357"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37576"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134836"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319547"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="720468"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57254"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37567"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1103611"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293188"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715774"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57090"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37559"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1072544"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269036"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="709098"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56864"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37546"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1040315"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246287"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699962"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56532"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37534"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008693"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226511"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688599"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56067"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37516"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="977524"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="675350"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55425"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37486"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946871"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194430"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660352"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54627"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917109"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181700"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644291"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53679"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37439"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887938"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170725"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627186"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52624"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37403"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858736"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160867"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="609115"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51394"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37360"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829764"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152034"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590396"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50033"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37301"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="800634"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143869"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570971"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48559"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37235"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772002"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136562"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551358"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46935"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37147"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743408"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130022"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531302"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45038"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37046"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715671"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123946"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511507"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43269"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36949"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687601"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118151"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491264"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41330"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36856"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660538"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112832"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471596"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39389"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36721"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634233"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108060"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452202"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37387"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36584"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608107"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103470"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432867"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35339"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36431"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582204"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99109"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413641"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33203"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36251"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557453"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95040"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395158"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31192"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36063"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532251"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90979"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376342"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29119"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35811"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508013"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87061"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358187"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27192"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35573"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483126"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83078"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339568"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25160"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35320"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459411"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79455"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321747"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23182"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35027"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435907"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75793"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304194"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21226"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34694"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412769"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72195"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286881"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19389"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34304"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389654"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68625"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269632"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17537"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33860"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366541"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65163"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252194"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15778"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33406"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344285"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61903"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235262"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14182"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32938"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322998"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58863"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219053"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12711"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32371"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303398"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56115"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204041"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31858"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284590"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53359"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189776"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31330"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266714"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50695"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176255"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9010"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30754"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250198"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48290"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163811"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7945"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30152"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234390"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45814"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152059"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29481"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218505"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43168"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140375"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28807"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203416"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40775"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129179"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28090"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189155"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38432"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118717"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27296"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175045"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35979"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108548"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26405"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161599"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33654"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98876"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25524"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148555"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31280"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89630"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24606"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136021"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28922"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80839"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23673"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123865"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26577"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72460"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22653"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112336"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24230"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64692"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21555"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101242"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21933"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57242"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20497"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90772"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19761"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50341"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19346"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81129"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17666"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44177"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18164"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72146"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15734"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38543"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16954"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63615"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13937"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33237"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15691"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55697"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12220"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28417"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14424"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48106"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10547"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23911"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13131"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41280"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9017"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19977"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11860"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34769"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16330"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10542"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29140"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13314"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9223"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23894"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5199"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10496"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7972"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19237"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8149"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6788"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15458"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9817"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7563"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5705"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698591"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019457"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1944345"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992763"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1917294"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="965712"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1889741"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938159"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862414"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910832"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1835449"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="883867"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1808990"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="857408"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1783565"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="831983"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1758202"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="806620"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1733036"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781454"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1707249"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755667"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679919"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728337"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1652184"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700602"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1624468"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672886"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1596804"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645222"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1538142"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586568"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726063"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149248"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1507955"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556400"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726045"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76262"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149248"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1477491"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525995"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725992"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76257"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149247"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1446694"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495325"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725868"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76255"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149246"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1414880"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463771"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725620"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76245"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149244"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1382018"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431300"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725251"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76228"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149239"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1348447"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398430"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724613"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76175"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149229"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1315185"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366253"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723611"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76109"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149212"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1283018"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335828"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721967"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76019"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149204"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1251838"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307242"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="719534"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75873"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149189"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1221064"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280496"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715710"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75693"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149165"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1190219"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255555"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="710082"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75429"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149153"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1158786"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232270"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702350"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75041"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149125"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127254"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211451"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="692233"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74486"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149084"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095245"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192692"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679773"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73737"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149043"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063479"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176451"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665298"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72764"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148966"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032251"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162669"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649184"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71525"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148873"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1001621"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151066"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631698"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70097"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148760"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="972360"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141388"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613867"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68472"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148633"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="942946"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132694"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595174"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66616"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148462"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913717"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125031"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575771"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64612"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148303"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884605"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118340"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555733"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62434"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148098"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="854740"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111738"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535002"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60079"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147921"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825507"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106206"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514095"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57540"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147666"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="796570"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101072"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493276"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54822"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147400"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768586"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96539"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="472906"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52056"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147085"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740257"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92241"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451998"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49261"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146757"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712779"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88218"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431814"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46375"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146372"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686326"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84629"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412183"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43565"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145949"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659887"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81120"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392614"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40675"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145478"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634136"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77875"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373439"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37865"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144957"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="609195"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74860"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354799"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35110"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144426"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583993"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71895"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335933"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32409"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143756"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559850"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69099"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317807"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29833"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143111"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535264"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66466"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299227"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27254"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142317"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511990"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64030"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281644"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24845"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141471"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489220"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61739"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264416"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140529"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466040"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59387"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246970"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20186"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139497"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443278"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57172"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229800"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17996"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138310"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421006"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55057"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212927"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15978"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137044"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399511"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53022"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196796"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14103"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135590"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378705"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51037"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181229"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133976"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359621"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49193"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167166"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10968"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132294"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341270"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47467"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9646"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130488"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323539"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45858"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140746"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128498"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307645"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44353"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129338"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7390"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126564"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292159"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42774"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118553"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124397"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276446"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41243"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107732"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121848"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261220"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39672"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97416"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119254"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246846"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38078"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88035"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116516"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232404"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36429"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78998"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113324"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218379"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34801"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70556"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109893"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204691"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33130"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62675"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106201"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191525"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31432"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55422"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102370"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178662"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29787"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48732"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98170"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166146"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27994"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42645"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93801"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153714"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26280"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36957"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89029"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141477"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24489"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31778"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83972"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129722"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22712"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27166"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78787"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118252"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20964"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23015"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73392"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107001"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19226"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19300"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67749"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96126"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17404"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15995"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62132"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85452"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15629"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12990"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56350"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75520"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13975"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10510"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50639"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65814"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12340"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44760"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57124"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39304"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48764"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9379"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34043"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41127"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8030"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29014"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34595"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24681"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21037"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24098"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17416"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19624"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14226"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15501"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11228"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11977"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8693"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9055"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6524"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6720"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616073"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76263"/>
+  </r>
+  <r>
+    <s v="B0208"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+</pivotCacheRecords>
 </file>