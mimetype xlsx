--- v0 (2025-10-25)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251553f0c52c459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d10035379e64f14abc3e7eb73182a0c.psmdcp" Id="Rd9017a0540e441ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89743ed30e74567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60ab07ebe2fd4092903c57ed0ab9a074.psmdcp" Id="Rf3bf09ed5dfd4c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0202</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002   Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0202/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -538,419 +538,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L514" totalsRowShown="0">
   <x:autoFilter ref="A1:L514"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1223,51 +988,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0202/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1454,51 +1219,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L514"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21022,51 +20787,51 @@
       <x:c r="I514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>21037</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21083,51 +20848,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L514" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0202"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002   Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -21633,27 +21398,7210 @@
         <x:n v="58"/>
         <x:n v="25935"/>
         <x:n v="12486"/>
         <x:n v="2648"/>
         <x:n v="4838"/>
         <x:n v="4654"/>
         <x:n v="157"/>
         <x:n v="27"/>
         <x:n v="24"/>
         <x:n v="4898"/>
         <x:n v="29240"/>
         <x:n v="5749"/>
         <x:n v="2359"/>
         <x:n v="2286"/>
         <x:n v="65"/>
         <x:n v="61"/>
         <x:n v="34"/>
         <x:n v="21037"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2142092"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1454413"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1423884"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9128"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21401"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98779"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35059"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186860"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122635"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711302"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12105"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41420"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16155"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019457"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712582"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57359"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18904"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277630"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277630"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142040"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142040"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135590"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135590"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264090"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264090"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135890"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135890"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128200"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128200"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285708"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285708"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146114"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146114"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139594"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139594"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313188"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312520"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160413"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160218"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152775"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152302"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328334"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319033"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8708"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8683"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165292"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162504"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163042"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156529"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6086"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6071"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312693"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244132"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65342"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65150"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156100"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129582"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25581"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25504"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156593"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114550"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39761"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39646"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304676"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135560"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157375"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156182"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152377"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75562"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72776"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72332"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152299"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59998"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84599"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83850"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290906"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72325"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197782"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194710"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14116"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144530"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40703"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95884"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94492"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5344"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146376"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31622"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101898"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100218"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8772"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271984"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46504"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199097"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194843"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17459"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135301"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26552"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98435"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96297"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136683"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19952"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100662"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98546"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10603"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249604"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35046"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186686"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182133"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17420"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124981"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20392"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93299"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90809"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124623"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93387"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91324"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10058"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230843"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29324"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173674"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169237"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15348"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7187"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116585"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17915"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87374"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84838"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114258"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11409"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86300"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84399"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8554"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197294"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23667"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148120"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144042"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10462"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99827"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14468"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75939"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73564"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97467"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9199"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72181"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70478"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5587"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8546"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154252"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20043"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110249"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107219"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15440"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77559"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12263"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57538"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55722"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76693"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52711"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51497"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11982"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133474"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20146"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85560"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83313"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22989"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65290"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11855"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46257"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44830"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68184"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39303"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38483"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18346"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112129"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19666"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59634"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58051"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30477"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51719"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10843"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33917"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32884"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5699"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60410"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8823"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25717"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25167"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24778"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89815"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16804"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36835"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35784"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35044"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37377"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22213"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21500"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52438"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14622"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28632"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58857"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11497"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17526"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16973"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29367"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22283"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11492"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11088"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36574"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6591"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5885"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23723"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8397"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25935"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0202"/>
+    <s v="2002   Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21037"/>
+  </r>
+</pivotCacheRecords>
 </file>