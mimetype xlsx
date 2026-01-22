--- v0 (2025-10-25)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa22cecea8f4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98470f80b8a14bc0a41ecf4b5bfce1ac.psmdcp" Id="R9ef15fc4417841a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6ffe715d894da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90c119f1b5df48bb819851125d715098.psmdcp" Id="R142f337a57874bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0109</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population and Representatives Assigned to Each Local Electoral Area</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Local Electoral Area as defined in the relevant orders made under the Local Government Act, 1994.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0109/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P1</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 1 - Population Classified by Area 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1453,1603 +1453,468 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02754V03323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="180">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+      </items>
+    </pivotField>
+    <pivotField name="Local Electoral Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="180">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H721" totalsRowShown="0">
   <x:autoFilter ref="A1:H721"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02754V03323"/>
     <x:tableColumn id="2" name="Local Electoral Area"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3318,51 +2183,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0109/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3551,51 +2416,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H721"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -22329,51 +21194,51 @@
       <x:c r="E721" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H721" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22390,51 +21255,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H721" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02754V03323">
       <x:sharedItems count="180">
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="006"/>
         <x:s v="007"/>
         <x:s v="008"/>
         <x:s v="009"/>
         <x:s v="010"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="015"/>
         <x:s v="016"/>
         <x:s v="017"/>
         <x:s v="018"/>
         <x:s v="030"/>
         <x:s v="031"/>
         <x:s v="032"/>
@@ -23339,27 +22204,7228 @@
         <x:n v="15088"/>
         <x:n v="7734"/>
         <x:n v="7354"/>
         <x:n v="14626"/>
         <x:n v="7352"/>
         <x:n v="7274"/>
         <x:n v="13549"/>
         <x:n v="6946"/>
         <x:n v="6603"/>
         <x:n v="11848"/>
         <x:n v="6065"/>
         <x:n v="5783"/>
         <x:n v="10318"/>
         <x:n v="5274"/>
         <x:n v="5044"/>
         <x:n v="16878"/>
         <x:n v="8521"/>
         <x:n v="8357"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Carlow No.1, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Carlow No.1, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Carlow No.1, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Carlow No.1, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Carlow No.2, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13684"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Carlow No.2, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Carlow No.2, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Carlow No.2, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9736"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11042"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5624"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="36546"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17615"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18931"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26940"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13717"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Ballymun - Whitehall, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26531"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Ballymun - Whitehall, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12562"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Ballymun - Whitehall, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13969"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Ballymun - Whitehall, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="44841"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23739"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="47381"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22228"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="25153"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="50091"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23593"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26498"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46184"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22571"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23613"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33870"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16418"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17452"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="54213"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="27272"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26941"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29153"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13208"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15945"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="36367"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16909"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31576"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15678"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15898"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="South-East Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32088"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15434"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16654"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="South-West Inner City, Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="41946"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21592"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29835"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13862"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15973"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="37828"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18239"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19589"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="41339"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19285"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="22054"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21221"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10525"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10696"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19623"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10551"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33387"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16656"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16731"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32714"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16218"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16496"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21283"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26319"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13058"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13261"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38959"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19691"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43751"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21832"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21919"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="42747"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21012"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21735"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46265"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23339"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Terenure - Rathfarnham, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38583"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Terenure - Rathfarnham, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19318"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Terenure - Rathfarnham, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19265"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Terenure - Rathfarnham, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="48211"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23689"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24522"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="63029"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="30571"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="32458"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16906"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8629"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8277"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19475"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9807"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9668"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13534"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13114"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="40197"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20253"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19944"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="Leixlip, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25856"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="Leixlip, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="Leixlip, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12970"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="Leixlip, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="34862"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17626"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17236"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14712"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7509"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10011"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="Callan, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24628"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11964"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12664"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16786"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8616"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8170"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14202"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6910"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16086"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8277"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7809"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8097"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8265"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="Mountmellick, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16193"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6979"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5680"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18816"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9644"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9172"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22154"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10959"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11195"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="Drogheda East, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16340"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8012"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="Drogheda West, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22187"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10947"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11240"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="Dundalk Carlingford, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22970"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11725"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31836"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16099"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15737"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24468"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12515"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11953"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32547"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16327"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16220"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23008"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11651"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11357"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21500"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10823"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10677"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13943"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6788"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15393"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7891"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5435"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23233"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11480"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11753"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21708"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10733"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11770"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13262"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6587"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="Mullingar East, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16832"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8533"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="Mullingar West, Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28483"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14323"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14160"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23750"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11955"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11795"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24233"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12177"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12056"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="40130"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19715"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20415"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22843"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14685"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7464"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="34438"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16499"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17939"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17676"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8711"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8965"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25034"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12559"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27806"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13558"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14248"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8800"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14078"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7096"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6982"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18453"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8878"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="088"/>
+    <s v="Scarriff, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="088"/>
+    <s v="Scarriff, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="088"/>
+    <s v="Scarriff, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="088"/>
+    <s v="Scarriff, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16751"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8251"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18960"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9357"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9603"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18421"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9231"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20099"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10599"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20409"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9695"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25434"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12080"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13354"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19739"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10339"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25886"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13014"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12872"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18840"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9597"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9243"/>
+  </r>
+  <r>
+    <s v="097"/>
+    <s v="Bantry, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38069"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19164"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18905"/>
+  </r>
+  <r>
+    <s v="098"/>
+    <s v="Blarney, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="68691"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="33799"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="099"/>
+    <s v="Carrigaline, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23991"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12144"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11847"/>
+  </r>
+  <r>
+    <s v="100"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26049"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13306"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21485"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10514"/>
+  </r>
+  <r>
+    <s v="102"/>
+    <s v="Macroom, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23471"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="46322"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23232"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23090"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31963"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16174"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15789"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13666"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="106"/>
+    <s v="Dingle, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31402"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15674"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15728"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22301"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11438"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10863"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26231"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13408"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12823"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="38927"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19091"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19836"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15007"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12685"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6507"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12163"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14168"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6783"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32855"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16262"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16593"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32998"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16866"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16132"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16998"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8816"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19653"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9944"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9709"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18777"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9615"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9162"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22221"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11023"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13879"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7076"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6803"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16910"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8450"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12513"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6088"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21589"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10953"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17667"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9005"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14129"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7196"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6933"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9138"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9630"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15513"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7965"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8288"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8270"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7387"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3781"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="135"/>
+    <s v="Suir, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6829"/>
+  </r>
+  <r>
+    <s v="135"/>
+    <s v="Suir, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="135"/>
+    <s v="Suir, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="135"/>
+    <s v="Suir, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17162"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29144"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14111"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15033"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16174"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8775"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20514"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21207"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10956"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10251"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33895"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17352"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16543"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33050"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16797"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16253"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22753"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11675"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11078"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32340"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16572"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15768"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7565"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3767"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23222"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11684"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11538"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="150"/>
+    <s v="Ballinrobe, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10883"/>
+  </r>
+  <r>
+    <s v="150"/>
+    <s v="Ballinrobe, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="150"/>
+    <s v="Ballinrobe, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="150"/>
+    <s v="Ballinrobe, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13011"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6570"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25382"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12701"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12681"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14018"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7082"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15154"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15776"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7837"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11627"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7698"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3719"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4318"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6229"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11217"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6468"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14629"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7561"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17811"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8419"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15594"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8026"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7568"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13671"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6529"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8253"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8305"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25060"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12596"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23928"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12157"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11771"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31828"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15997"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15831"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27045"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13180"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13865"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15088"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7734"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7354"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14626"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7274"/>
+  </r>
+  <r>
+    <s v="176"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13549"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6946"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6603"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11848"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6065"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10318"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16878"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8521"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8357"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+</pivotCacheRecords>
 </file>