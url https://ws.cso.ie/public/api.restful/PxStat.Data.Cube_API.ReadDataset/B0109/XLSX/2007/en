--- v1 (2026-01-22)
+++ v2 (2026-03-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6ffe715d894da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90c119f1b5df48bb819851125d715098.psmdcp" Id="R142f337a57874bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16805e60bacb443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/888901d5363440b099063db0de8cd97e.psmdcp" Id="R09965825447c4ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>