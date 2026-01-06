--- v0 (2025-11-08)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0d86ff32fb40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45a34b8db14d4f9896dec49dc067ab7a.psmdcp" Id="Rff87568cedd749ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bffba8caf764747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06f2e4e3d2744853b11680f326093470.psmdcp" Id="R76f33ed93c63430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AVA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Farms</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/2/2020 11:00:00 AM</x:t>
+    <x:t>02/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Results of the 1991 and 2000 Censuses were based solely on data provided by respondents, while the 2010 Census is based on a combination of both respondents and administrative data (The Single Farm Payment (SFP) and Animal Movement Identification (AIM) Systems). .. indicates that the data is not available</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AVA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>COA9110</x:t>
   </x:si>
   <x:si>
     <x:t>Census of Agriculture 1991 to 2010</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -559,435 +559,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Holder" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J421" totalsRowShown="0">
   <x:autoFilter ref="A1:J421"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V02508"/>
     <x:tableColumn id="4" name="Age of Holder"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="County"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1258,51 +1005,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AVA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1491,51 +1238,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14997,51 +14744,51 @@
       <x:c r="G421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>1912</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15058,51 +14805,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AVA16"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Farms"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V02508">
       <x:sharedItems count="5">
         <x:s v="455"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age of Holder">
       <x:sharedItems count="5">
         <x:s v="Under 35 years"/>
         <x:s v="35 - 44 years"/>
@@ -15565,27 +15312,5068 @@
         <x:n v="398"/>
         <x:n v="377"/>
         <x:n v="444"/>
         <x:n v="836"/>
         <x:n v="854"/>
         <x:n v="983"/>
         <x:n v="878"/>
         <x:n v="625"/>
         <x:n v="491"/>
         <x:n v="667"/>
         <x:n v="1013"/>
         <x:n v="779"/>
         <x:n v="2911"/>
         <x:n v="2370"/>
         <x:n v="2946"/>
         <x:n v="2343"/>
         <x:n v="1459"/>
         <x:n v="1912"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22447"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="18382"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="8683"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33752"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="30780"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="24562"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3716"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37013"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="36332"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="34614"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38030"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="27805"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="35058"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38651"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="28043"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="36639"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="AVA16"/>
+    <s v="Farms"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+</pivotCacheRecords>
 </file>