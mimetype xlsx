--- v1 (2026-01-06)
+++ v2 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bffba8caf764747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06f2e4e3d2744853b11680f326093470.psmdcp" Id="R76f33ed93c63430b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1b7e45e2b641bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78b0b240dabf4fe396d887922ddd0163.psmdcp" Id="R10f6c3a260c245fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>