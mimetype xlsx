--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fce93cbc11749df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2448165bdd8d43f480cbbe6770267fb6.psmdcp" Id="R2b1e35fb6bc04492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c02461094c24d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3e1bdf164bb41358ea341ff70823684.psmdcp" Id="R75a35028cb514df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AVA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/26/2020 11:00:00 AM</x:t>
+    <x:t>26/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Results of the 1991 and 2000 Censuses were based solely on data provided by respondents, while the 2010 Census is based on a combination of both respondents and administrative data (The Single Farm Payment (SFP) and Animal Movement Identification (AIM) Systems).   .. indicates that the data is not available</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AVA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>COA9110</x:t>
   </x:si>
   <x:si>
     <x:t>Census of Agriculture 1991 to 2010</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -568,451 +568,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02122V02563" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size of Holding" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J589" totalsRowShown="0">
   <x:autoFilter ref="A1:J589"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="County"/>
     <x:tableColumn id="5" name="C02122V02563"/>
     <x:tableColumn id="6" name="Size of Holding"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1283,51 +1018,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AVA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1516,51 +1251,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20398,51 +20133,51 @@
       <x:c r="G589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>8412</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20459,51 +20194,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AVA07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Agricultural Holdings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="28">
         <x:s v="-"/>
         <x:s v="IE1101"/>
         <x:s v="IE1102"/>
         <x:s v="IE1103"/>
         <x:s v="IE1104"/>
         <x:s v="IE1105"/>
         <x:s v="IE1106"/>
         <x:s v="IE1201"/>
         <x:s v="IE1202"/>
         <x:s v="IE1203"/>
         <x:s v="IE1204"/>
@@ -21106,27 +20841,7084 @@
         <x:n v="14240"/>
         <x:n v="14222"/>
         <x:n v="2843"/>
         <x:n v="1602"/>
         <x:n v="3002"/>
         <x:n v="2025"/>
         <x:n v="1949"/>
         <x:n v="1656"/>
         <x:n v="1555"/>
         <x:n v="1798"/>
         <x:n v="1808"/>
         <x:n v="1938"/>
         <x:n v="1074"/>
         <x:n v="259"/>
         <x:n v="344"/>
         <x:n v="10880"/>
         <x:n v="8509"/>
         <x:n v="8412"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43311"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="28419"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="25474"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48265"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="34290"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="33581"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30977"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="25045"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="24687"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28415"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="29627"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="30668"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15701"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="19535"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="20755"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="170578"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="141527"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="139860"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6719"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1101"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10228"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="8805"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1102"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="9240"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1103"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1104"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1105"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1106"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1201"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1202"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1203"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1204"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16244"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1302"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="13445"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3311"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14909"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="12537"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1303"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="12458"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE1304"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="6313"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2201"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5648"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4462"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2202"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2203"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8229"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6720"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2301"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="6550"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7387"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6194"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2303"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="5991"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2304"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2401"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2402"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2403"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2405"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2406"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="14240"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2502"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="14222"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="8"/>
+    <s v="&lt; 10 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="3"/>
+    <s v="10 - &lt; 20 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="20 - &lt; 30 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="5"/>
+    <s v="30 - &lt; 50 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="50 - &lt; 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="&gt;= 100 ha"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10880"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="AVA07"/>
+    <s v="Agricultural Holdings"/>
+    <s v="IE2503"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All farms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+</pivotCacheRecords>
 </file>