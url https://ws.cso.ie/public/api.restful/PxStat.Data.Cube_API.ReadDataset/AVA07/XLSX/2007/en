--- v1 (2025-11-24)
+++ v2 (2026-01-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c02461094c24d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3e1bdf164bb41358ea341ff70823684.psmdcp" Id="R75a35028cb514df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec616a77c3e4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8625c9073334d3db3f35b783dba445e.psmdcp" Id="R3d52b3df8e4b49e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>