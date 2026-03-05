--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec616a77c3e4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8625c9073334d3db3f35b783dba445e.psmdcp" Id="R3d52b3df8e4b49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9247cbf981bb4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/070b36c938484be2bb2bee83fe7757c0.psmdcp" Id="Rbac8260c6f7d4ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>