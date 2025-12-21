--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49181a82e9d54250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32e45b32f8e34fb48969e520fdf208d2.psmdcp" Id="Rb63f89596c9e4287" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfb3dd55af84c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ecaa84fbbe9411a97f66d760f8075f0.psmdcp" Id="R3cb9699798a046bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASR27</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Irish Speakers Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR27/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -667,595 +667,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02697V03265"/>
     <x:tableColumn id="6" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1528,51 +1161,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR27/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1759,51 +1392,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31929,51 +31562,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>436</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31990,51 +31623,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASR27"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Irish Speakers Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -32938,27 +32571,11116 @@
         <x:n v="1558"/>
         <x:n v="485"/>
         <x:n v="1073"/>
         <x:n v="863"/>
         <x:n v="839"/>
         <x:n v="369"/>
         <x:n v="470"/>
         <x:n v="4556"/>
         <x:n v="1964"/>
         <x:n v="413"/>
         <x:n v="1551"/>
         <x:n v="269"/>
         <x:n v="1220"/>
         <x:n v="535"/>
         <x:n v="1814"/>
         <x:n v="400"/>
         <x:n v="978"/>
         <x:n v="436"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1430205"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="689703"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="364068"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148865"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73409"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64415"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77379"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54313"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30472"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21879"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12012"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30944"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41480"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22454"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25423"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35904"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34639"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="451129"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43685"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179949"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52236"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127713"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57204"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73568"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20642"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52926"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27085"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30253"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39385"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15977"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23408"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201195"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93745"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27350"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66395"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51016"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22695"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23280"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88178"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19037"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49551"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19590"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="353663"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156094"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73388"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25256"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14411"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15080"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13271"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7865"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8312"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111272"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11138"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43075"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32238"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15763"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17106"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12571"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7541"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9486"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6274"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56917"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30278"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24196"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13555"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5344"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29380"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18742"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123860"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61037"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31762"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11868"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6491"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5790"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36071"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14640"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10475"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18074"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="524648"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255450"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137985"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59226"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27625"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22972"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28162"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19726"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11077"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14788"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8079"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166468"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16119"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66495"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20477"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46018"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21545"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27310"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19737"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9805"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10802"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14392"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8467"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74071"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34066"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11836"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22230"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3861"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19078"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28659"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6474"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15847"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6338"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="369515"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190846"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106791"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45723"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22852"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18145"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20071"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14594"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8232"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7707"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10045"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9305"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9243"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117370"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11179"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48097"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12148"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20619"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14602"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7958"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10595"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43302"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17027"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11297"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11316"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17997"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58519"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26276"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14142"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6792"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19948"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3128"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672527"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319693"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166772"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65903"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33978"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30490"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36401"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25879"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14301"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10309"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14655"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19497"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10561"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12018"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16449"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16033"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215868"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21319"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85876"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24504"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61372"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27436"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34988"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25561"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12920"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18835"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7543"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11292"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95072"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44620"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32384"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23983"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10611"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41894"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23704"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164469"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71652"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33750"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11404"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8589"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51801"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5263"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20123"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5218"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14905"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5848"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14811"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11958"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13904"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9066"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58698"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28964"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15073"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17134"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6978"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245162"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117928"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63184"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26202"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12809"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10871"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9336"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5084"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6889"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79542"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7784"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31671"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22145"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10335"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13013"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9511"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34229"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15721"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10542"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8905"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13463"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7528"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176229"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88913"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48237"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19567"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10543"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8614"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9513"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7088"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57583"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23373"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16593"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10082"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7329"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3925"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20962"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8117"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5684"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27969"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6528"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9808"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="757678"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370010"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197296"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82962"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39431"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33925"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40978"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28434"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16171"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16289"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11893"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13405"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19455"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235261"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22366"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94073"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27732"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66341"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29768"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38580"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11215"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27365"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14165"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15759"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20550"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12116"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106123"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49125"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15114"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34011"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5391"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11905"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12669"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46284"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25847"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10411"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189194"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84442"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39638"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13852"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7774"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7960"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10052"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59471"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22952"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5619"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17333"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9234"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29805"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15467"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7253"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9676"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65162"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32073"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16689"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18937"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9580"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279486"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137522"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74801"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33024"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14816"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14860"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10390"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5793"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6727"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86926"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8335"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34824"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10951"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23873"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11210"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10226"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39842"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18345"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6657"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11688"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10173"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15196"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3392"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="193286"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101933"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58554"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26156"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12309"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10558"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59787"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24724"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8049"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16675"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10537"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22340"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5841"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9226"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30550"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14040"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10140"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="ASR27"/>
+    <s v="1996 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+</pivotCacheRecords>
 </file>