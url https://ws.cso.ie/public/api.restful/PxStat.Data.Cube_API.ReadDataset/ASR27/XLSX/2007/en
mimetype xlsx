--- v1 (2025-12-21)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfb3dd55af84c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ecaa84fbbe9411a97f66d760f8075f0.psmdcp" Id="R3cb9699798a046bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5d3597138a47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01d42c9b60bd4f48ab87ca032da1688a.psmdcp" Id="R8a8cb8c8fbe74244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>