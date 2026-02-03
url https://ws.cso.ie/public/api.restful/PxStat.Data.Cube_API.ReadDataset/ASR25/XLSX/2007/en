--- v0 (2025-11-08)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc385b9e7ee734981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d5a8fdc9f724f4d81714d86debe5ddd.psmdcp" Id="R45d97a6667814da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b04247c9964521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d1313a20604ad2926220036ea78844.psmdcp" Id="R874741305e644bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASR25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,579 +652,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1497,51 +1142,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1373,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21866,51 +21511,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>1005</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21927,51 +21572,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASR25"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22617,27 +22262,7420 @@
         <x:n v="2961"/>
         <x:n v="1087"/>
         <x:n v="2278"/>
         <x:n v="2446"/>
         <x:n v="1214"/>
         <x:n v="1232"/>
         <x:n v="10696"/>
         <x:n v="4393"/>
         <x:n v="1392"/>
         <x:n v="3001"/>
         <x:n v="662"/>
         <x:n v="2765"/>
         <x:n v="1184"/>
         <x:n v="1692"/>
         <x:n v="4831"/>
         <x:n v="1055"/>
         <x:n v="2771"/>
         <x:n v="1005"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3479648"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1845399"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40010"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1015290"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="464470"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182660"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159574"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208586"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128788"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72325"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50723"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28981"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88340"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105256"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56639"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60646"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100131"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98270"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="992745"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90111"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403674"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122665"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="281009"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121405"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158523"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49933"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108590"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55741"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72436"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90855"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40734"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50121"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417004"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="181559"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54988"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126571"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24201"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107383"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50124"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53737"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224500"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50775"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124534"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49191"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1430205"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="689703"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="364068"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148865"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73409"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64415"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77379"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54313"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30472"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21879"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12012"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30944"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41480"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22454"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25423"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35904"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34639"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="451129"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43685"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179949"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52236"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127713"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57204"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73568"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20642"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52926"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27085"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30253"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39385"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15977"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23408"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201195"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93745"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27350"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66395"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51016"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22695"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23280"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88178"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19037"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49551"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19590"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1858170"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1052000"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22550"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="584449"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274859"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102222"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86232"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121136"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68560"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39169"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27025"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15584"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52900"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58467"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32159"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31832"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59989"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59316"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484670"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40835"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201757"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64336"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137421"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54826"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76351"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26471"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49880"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26463"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37743"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46695"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22496"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24199"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="194666"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79178"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25050"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54128"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12360"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50889"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25145"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27094"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126834"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29530"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69658"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27646"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191273"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103696"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66773"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40746"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10071"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56946"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5591"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21968"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6093"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15875"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8604"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21143"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8636"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9488"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1724793"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="903815"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20247"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486657"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219554"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86607"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78375"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102121"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64847"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36626"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26060"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14873"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43704"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53016"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28719"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30242"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50277"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48547"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="497121"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45782"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200540"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58881"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141659"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79227"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24032"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55195"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28111"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36746"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45310"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19874"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209919"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90745"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25810"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64935"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12592"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54205"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25745"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26632"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113938"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26152"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62730"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25056"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672527"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319693"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166772"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65903"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33978"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30490"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36401"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25879"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14301"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10309"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14655"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19497"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10561"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12018"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16449"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16033"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215868"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21319"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85876"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24504"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61372"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27436"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34988"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25561"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12920"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18835"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7543"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11292"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95072"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44620"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32384"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23983"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10611"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41894"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23704"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="958438"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="533397"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="287183"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133280"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49432"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43612"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60859"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36052"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20945"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14795"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26937"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30943"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17164"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16620"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31719"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30470"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253254"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21693"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103803"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31326"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72477"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29422"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40015"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13204"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26811"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14085"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20090"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24146"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11284"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12862"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104400"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41882"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12378"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29504"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27509"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13855"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14350"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67387"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15988"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36472"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14927"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93828"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50725"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32702"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20371"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4861"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27999"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10861"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7810"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1754855"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="941584"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19763"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="528633"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="244916"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96053"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81199"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106465"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63941"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35699"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24663"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14108"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44636"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52240"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27920"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30404"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49854"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49723"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="495624"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44329"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203134"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63784"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139350"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60000"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79296"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25901"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53395"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27630"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35690"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45545"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20860"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24685"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207085"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90814"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29178"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61636"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53178"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24379"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27105"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110562"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24623"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61804"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24135"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="757678"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370010"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197296"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82962"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39431"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33925"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40978"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28434"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16171"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16289"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11893"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13405"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19455"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235261"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22366"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94073"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27732"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66341"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29768"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38580"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11215"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27365"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14165"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15759"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20550"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12116"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106123"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49125"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15114"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34011"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5391"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11905"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12669"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46284"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25847"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10411"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="899732"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="518603"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="297266"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141579"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52790"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42620"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60277"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32508"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18224"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25963"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27524"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14995"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15212"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28270"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28846"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231416"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19142"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97954"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33010"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64944"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25404"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36336"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13267"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23069"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12378"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17653"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22549"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11212"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11337"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90266"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37296"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12672"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24624"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23380"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11290"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59447"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13542"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33186"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12719"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97445"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52971"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34071"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20375"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28947"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11107"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10696"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="ASR25"/>
+    <s v="1996 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+</pivotCacheRecords>
 </file>