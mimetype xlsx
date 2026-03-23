--- v1 (2026-02-03)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b04247c9964521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d1313a20604ad2926220036ea78844.psmdcp" Id="R874741305e644bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eac5e5b4df940e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfc5e2dd54c74ead8b259456e72c92d8.psmdcp" Id="R99320eab54b54099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>