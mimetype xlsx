--- v0 (2025-11-07)
+++ v1 (2026-02-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4ae1cb9cd147b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b746e590825d4230949d16617f23739a.psmdcp" Id="R8564cf3805994a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c600d90c9244c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c97c4cf93f441a89bed14293872cde5.psmdcp" Id="R613bf0d1c1f448d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASR20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification below degree level</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -667,571 +667,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1502,51 +1147,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR20/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1733,51 +1378,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -27143,51 +26788,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27204,51 +26849,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -27886,27 +27531,9532 @@
         <x:n v="172"/>
         <x:n v="433"/>
         <x:n v="880"/>
         <x:n v="927"/>
         <x:n v="419"/>
         <x:n v="500"/>
         <x:n v="427"/>
         <x:n v="52"/>
         <x:n v="83"/>
         <x:n v="394"/>
         <x:n v="181"/>
         <x:n v="701"/>
         <x:n v="88"/>
         <x:n v="335"/>
         <x:n v="188"/>
         <x:n v="357"/>
         <x:n v="29"/>
         <x:n v="73"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="72070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="8113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="38344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="5064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="15828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="38678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="20827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="21732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="11729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="5731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="8971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="22259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="11598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="9997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="5080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="7911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="54571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="6719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="36267"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="29091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="15926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="10974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="16986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="10960"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="7525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="5422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="17499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="9587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C1"/>
+    <s v="All persons with below degree level"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C2"/>
+    <s v="Agricultural science (incl veterinary)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C3"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C4"/>
+    <s v="Medical and related sciences"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C5"/>
+    <s v="Social sciences (incl economics)"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR20C6"/>
+    <s v="Natural and other sciences (incl computer science)"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+</pivotCacheRecords>
 </file>