--- v0 (2025-11-06)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643e8dfd50a34f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00f0081adbe34a308c82526fbe30de8d.psmdcp" Id="Rff29e46e23964488" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646710330aca4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/412bfc5ce43b499ea195432e4d7df342.psmdcp" Id="Rd06a52be3b424035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASR17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Duration of Unemployment in Population excluding First Time Job Seekers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -667,571 +667,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1502,51 +1147,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1733,51 +1378,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="35.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -27143,51 +26788,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27204,51 +26849,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -28042,27 +27687,9532 @@
         <x:n v="76"/>
         <x:n v="68"/>
         <x:n v="170"/>
         <x:n v="3328"/>
         <x:n v="1032"/>
         <x:n v="1096"/>
         <x:n v="583"/>
         <x:n v="172"/>
         <x:n v="108"/>
         <x:n v="2162"/>
         <x:n v="229"/>
         <x:n v="752"/>
         <x:n v="385"/>
         <x:n v="632"/>
         <x:n v="201"/>
         <x:n v="93"/>
         <x:n v="191"/>
         <x:n v="90"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="199136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="49832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="20338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="12274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="74588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="42104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="110167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="26671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="11153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="41721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="23886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="66514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="14551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="6307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="24636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="17154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="39423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="7750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="14793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="11217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="53010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="14148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="5633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="19329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="10649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="5870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="11831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="8256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="21505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="9608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="14454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="9967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="140849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="31869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="8575"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="57513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="29201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="75871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="16582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="4649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="31575"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="15790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="44306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="8647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="18015"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="11088"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="26115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="10639"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="7195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="8557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="38183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="9192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="15271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="7534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="15049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="8510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="15669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="11126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="4732"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="7805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="58287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="17963"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="17075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="12903"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="34296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="10089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="10146"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="22208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="5904"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="6621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="13308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="6263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="5836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C1"/>
+    <s v="Unemployed persons"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C2"/>
+    <s v="Unemployed under 12 months"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C3"/>
+    <s v="Unemployed 12 - 23 months"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C4"/>
+    <s v="Unemployed 24 - 35 months"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C5"/>
+    <s v="Unemployed 36 months and over"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR17C6"/>
+    <s v="Duration of unemployment not stated"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+</pivotCacheRecords>
 </file>