--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaea40633bc347b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1b9b8cbef5546ca8e7d7ff8333b425d.psmdcp" Id="R4ba60e23d09e499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38722cc99d04861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/667975cc36394061ad0543e2ee4ba2a8.psmdcp" Id="Rc4e4daca4f864abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASR09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Participation rate and Employment Status of Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -688,595 +688,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1189" totalsRowShown="0">
   <x:autoFilter ref="A1:J1189"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1547,51 +1174,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASR09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1778,51 +1405,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1189"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -39860,51 +39487,51 @@
       <x:c r="G1189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I1189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J1189" s="0">
         <x:v>35.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39921,51 +39548,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1189" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -41203,27 +40830,14284 @@
         <x:n v="534"/>
         <x:n v="12653"/>
         <x:n v="33.7"/>
         <x:n v="48379"/>
         <x:n v="17907"/>
         <x:n v="1109"/>
         <x:n v="14063"/>
         <x:n v="153"/>
         <x:n v="420"/>
         <x:n v="2162"/>
         <x:n v="30472"/>
         <x:n v="18684"/>
         <x:n v="6710"/>
         <x:n v="493"/>
         <x:n v="5353"/>
         <x:n v="103"/>
         <x:n v="632"/>
         <x:n v="11974"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="256329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="1036025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="14882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="199136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="1232699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1472914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="840941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="111055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="598304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="15637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="110167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="631973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="825570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="484079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="45621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="362064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="66514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="341491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="393823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="228003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="166671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="39423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="165820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="150382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="84411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="64518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="65971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="121931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="74210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="57136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="47721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="159434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="97455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="73739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="61979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="99220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="57756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="42911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="41464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="56696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="30897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="25799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="38471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="26260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="31271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="81125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="45966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="31067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="35159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="23595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="25696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="78487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="42443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="25554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="36044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="77098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="42600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="28930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="34498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="789232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="424124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="83402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="275226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="53010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="365108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="70541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="39089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="25118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="31452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="322336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="172339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="31572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="114746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="149997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="101452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="51971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="36735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="49481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="220884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="120368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="27260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="78011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="100516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="96298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="50814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="29352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="45484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="126606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="68333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="46213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="58273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="85744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="46617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="30819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="39127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="23687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="56956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="30471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="72453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="39391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="26453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="33062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="32980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="18125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="330091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="175847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="42158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="106851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="21505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="154244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="144233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="78521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="49420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="65712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="25231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="98926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="53290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="30739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="9747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="84086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="43724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="24567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="40362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="23321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="174426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="93052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="55644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="81374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="96814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="51166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="30617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="45648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="38113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="215155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="579083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="140849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="398470"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="712465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="512140"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="91784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="332218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="9281"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="75871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="200325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="388972"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="280169"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="36545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="193757"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="44306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="108803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="128418"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="86203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="26115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="54821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="48619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8760"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="34559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="58914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="44383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="31820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="76914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="58749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7645"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="41175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="36845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="25608"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12882"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28604"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="34127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="24173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14952"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40583"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="29953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7549"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18333"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="15755"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23596"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="28002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14863"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="37736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="27227"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16995"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="392704"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="273014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="69562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="157841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="38183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="119690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="25431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="158824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="110590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="26288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="66442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="15049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="48234"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47965"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31269"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="20430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="16696"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="79321"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="22842"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="46012"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="31538"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48547"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="33202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10521"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62782"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="42917"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="26048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8459"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="29906"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="15701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6469"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28734"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20139"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35911"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="25034"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10877"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14056"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7795"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="165327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="113147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="36387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="57761"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="15669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="52180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="71520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="49350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14517"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="26482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="22170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20804"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9407"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50716"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="35486"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17075"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="6692"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42305"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="28796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9857"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="88284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="62009"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="31263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="33259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16554"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="41174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="456942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="58287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="834229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="760449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="328801"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="19271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="266086"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6356"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="34296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="431648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="5578"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9943"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="436598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="203910"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="168307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="232688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="210584"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="99585"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="80468"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="110999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="80477"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="35792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="29959"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="44685"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="63017"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="29827"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="25316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="33190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="82520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="38706"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="32564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="43814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="49493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20911"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="28582"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28092"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35615"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="24529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="9270"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10691"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="24838"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="15373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23989"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="396528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="151110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="117385"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="245418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="34805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="163512"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="61749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="48304"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="101763"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="53487"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20702"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="32785"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="41047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="31999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="68978"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47751"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="17612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30139"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="63824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="25416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="20165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="38408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12726"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42393"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16711"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="25682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6266"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7758"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17890"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="36542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="22185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="17045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="164764"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="62700"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="49090"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="102064"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="72713"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="29171"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="22938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="43542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13136"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="17804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13664"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30406"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9175"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="41781"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11412"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="9060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7345"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="86142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31043"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="24381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="55099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="17907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14063"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="6710"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASR09C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+</pivotCacheRecords>
 </file>