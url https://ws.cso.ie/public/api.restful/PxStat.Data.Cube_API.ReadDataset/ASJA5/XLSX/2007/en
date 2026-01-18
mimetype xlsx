--- v0 (2025-10-27)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6221bda137f34358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b186d17653548018641ed6c53053033.psmdcp" Id="R2f492231c58d4aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd218bea0ac4905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f3bfea0ce744b12be6e980eaf35c802.psmdcp" Id="R673b613e394b4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASJA5</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Farm Workers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASJA5/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ALSH</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture Labour and Size of Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sophie Emerson</x:t>
   </x:si>
@@ -249,50 +249,53 @@
     <x:t>Holders</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Spouse</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Other Family Workers</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Regular Non-Family Workers</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>Non-Regular Workers</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -430,283 +433,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="WORKERS" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Relationship to Holder" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H145" totalsRowShown="0">
   <x:autoFilter ref="A1:H145"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="WORKERS"/>
     <x:tableColumn id="2" name="Relationship to Holder"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -975,51 +833,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASJA5/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1206,51 +1064,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -4394,629 +4252,665 @@
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H122" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H130" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H132" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H134" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H140" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H144" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5033,51 +4927,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="WORKERS">
       <x:sharedItems count="6">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Relationship to Holder">
       <x:sharedItems count="6">
         <x:s v="Total"/>
         <x:s v="Holders"/>
         <x:s v="Spouse"/>
         <x:s v="Other Family Workers"/>
         <x:s v="Regular Non-Family Workers"/>
         <x:s v="Non-Regular Workers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="12">
         <x:s v="1991"/>
@@ -5241,27 +5135,1468 @@
         <x:n v="7.5"/>
         <x:n v="14.4"/>
         <x:n v="8"/>
         <x:n v="14.6"/>
         <x:n v="7.7"/>
         <x:n v="13.1"/>
         <x:s v=""/>
         <x:n v="9.6"/>
         <x:n v="9"/>
         <x:n v="9.2"/>
         <x:n v="9.8"/>
         <x:n v="8.8"/>
         <x:n v="8.6"/>
         <x:n v="8.7"/>
         <x:n v="8.1"/>
         <x:n v="7.8"/>
         <x:n v="7.2"/>
         <x:n v="6.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="312.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="253.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="324.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="249.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="320.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="242.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="310.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="235.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="293.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="221.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="223.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="281.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="205.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="275.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="200.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="191.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="257.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="171.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="252.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="166.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="240.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="169.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="142.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="161.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="135.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="158.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="132.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="149.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="147.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="146.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="143.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="141.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="139.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="136.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Holders"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Spouse"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="38.23"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Family Workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Regular Non-Family Workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC9"/>
+    <s v="Number of Family Farm Workers"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Non-Regular Workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC0"/>
+    <s v="Annual Work Units Worked"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+</pivotCacheRecords>
 </file>