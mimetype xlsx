--- v1 (2026-01-18)
+++ v2 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd218bea0ac4905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f3bfea0ce744b12be6e980eaf35c802.psmdcp" Id="R673b613e394b4ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06839cf009546a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41c13616a66a4b27a219b0d0538f6a28.psmdcp" Id="Rfcd290484b69447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>