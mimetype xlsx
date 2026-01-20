--- v0 (2025-10-18)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64be93c87ee49c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54535dc8cfb742179e81f73433122ad0.psmdcp" Id="Rbddfb8031c154599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77544b5c1a0d441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dda7e6ba5824b4f864fab2f04b37d28.psmdcp" Id="R98cc0dd736cd49d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASJA4</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Farms</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASJA4/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ALSH</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture Labour and Size of Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sophie Emerson</x:t>
   </x:si>
@@ -177,50 +177,53 @@
     <x:t>Statistic Label</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>All Ages</x:t>
   </x:si>
   <x:si>
     <x:t>1991</x:t>
   </x:si>
   <x:si>
     <x:t>ASJAC7</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Family Farms</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>ASJAC8</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Farm Workers on Family Farms</x:t>
   </x:si>
   <x:si>
     <x:t>1992</x:t>
   </x:si>
   <x:si>
     <x:t>1993</x:t>
   </x:si>
   <x:si>
     <x:t>1994</x:t>
   </x:si>
   <x:si>
     <x:t>1995</x:t>
   </x:si>
   <x:si>
     <x:t>1996</x:t>
   </x:si>
   <x:si>
     <x:t>1997</x:t>
   </x:si>
@@ -427,283 +430,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="HOLDERP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Farm Holder" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H145" totalsRowShown="0">
   <x:autoFilter ref="A1:H145"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="HOLDERP"/>
     <x:tableColumn id="2" name="Age of Farm Holder"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -972,51 +830,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASJA4/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1203,51 +1061,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -1271,3749 +1129,3785 @@
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H3" s="0">
         <x:v>312.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>324.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>320.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>310.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>293.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>281.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>275.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>257.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>252.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>240.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>80.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>95.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>100.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>98.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>88.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>85.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>83.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>75.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>74.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>71.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B48" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>66.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>58.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>54.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>51.3</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>49.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>27.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>48.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>50.7</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>49.6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>59.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>59.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>58.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>57.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>34.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>56.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>59.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>57.1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>55.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>56.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>56.1</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>54.4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>50.9</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>57.7</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>61.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>57.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>55.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>52.1</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>34.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>55.3</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>48.6</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>48.7</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>40.2</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>40.8</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>57.5</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>53.8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>48.6</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>46.9</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>32.5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>45.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>33.1</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>43.4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>43.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>43.9</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>34.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5030,51 +4924,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="HOLDERP">
       <x:sharedItems count="6">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age of Farm Holder">
       <x:sharedItems count="6">
         <x:s v="All Ages"/>
         <x:s v="Under 35 Years"/>
         <x:s v="35-44 Years"/>
         <x:s v="45-54 Years"/>
         <x:s v="55-64 Years"/>
         <x:s v="65 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="12">
         <x:s v="1991"/>
@@ -5231,27 +5125,1468 @@
         <x:n v="57.5"/>
         <x:n v="37.5"/>
         <x:n v="53.8"/>
         <x:n v="32"/>
         <x:n v="46.9"/>
         <x:n v="32.5"/>
         <x:n v="45.4"/>
         <x:n v="33.1"/>
         <x:n v="50"/>
         <x:n v="43.4"/>
         <x:n v="32.6"/>
         <x:n v="43.3"/>
         <x:n v="43.9"/>
         <x:n v="36.7"/>
         <x:n v="28.9"/>
         <x:n v="36.9"/>
         <x:n v="27.4"/>
         <x:n v="34.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="312.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="324.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="320.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="310.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="293.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="281.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="275.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="257.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="252.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Ages"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="240.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Under 35 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="35-44 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="45-54 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="55-64 Years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC7"/>
+    <s v="Number of Family Farms"/>
+    <s v="Thousand"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="65 Years and Over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ASJAC8"/>
+    <s v="Number of Farm Workers on Family Farms"/>
+    <s v="Thousand"/>
+    <n v="34.8"/>
+  </r>
+</pivotCacheRecords>
 </file>