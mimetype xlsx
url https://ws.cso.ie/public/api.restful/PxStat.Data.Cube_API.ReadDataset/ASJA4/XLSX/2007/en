--- v1 (2026-01-20)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77544b5c1a0d441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dda7e6ba5824b4f864fab2f04b37d28.psmdcp" Id="R98cc0dd736cd49d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c54cb5df7ce4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/983943151ed1479f9887e83b5f4d75cd.psmdcp" Id="Rbb219ef08361429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>