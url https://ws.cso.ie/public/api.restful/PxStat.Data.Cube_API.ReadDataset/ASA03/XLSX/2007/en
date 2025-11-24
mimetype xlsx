--- v0 (2025-10-06)
+++ v1 (2025-11-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf842e6bc0b41499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10261e5f38e8439988464500ed7dbcad.psmdcp" Id="Rb8cce8ce775b48ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d9cb5e20aee433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26f409de56ca4da189a5b5ab6e63236c.psmdcp" Id="R90881115f9af49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/30/2025 11:00:00 AM</x:t>
+    <x:t>30/01/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AST</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -646,603 +646,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03622V04362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02293V02763" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Direction" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1201" totalsRowShown="0">
   <x:autoFilter ref="A1:J1201"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03622V04362"/>
     <x:tableColumn id="6" name="Country"/>
     <x:tableColumn id="7" name="C02293V02763"/>
     <x:tableColumn id="8" name="Direction"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1513,51 +1134,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1744,51 +1365,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1201"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -40210,51 +39831,51 @@
       <x:c r="G1201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1201" s="0">
         <x:v>99.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -40271,51 +39892,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1201" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASA03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Air and Sea Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
@@ -41366,27 +40987,14428 @@
         <x:n v="824.1"/>
         <x:n v="817.9"/>
         <x:n v="187.5"/>
         <x:n v="178.4"/>
         <x:n v="183.1"/>
         <x:n v="175.1"/>
         <x:n v="86.3"/>
         <x:n v="46.8"/>
         <x:n v="45.6"/>
         <x:n v="237.3"/>
         <x:n v="240"/>
         <x:n v="1913.4"/>
         <x:n v="1995.7"/>
         <x:n v="7261"/>
         <x:n v="7233.3"/>
         <x:n v="69.8"/>
         <x:n v="68.3"/>
         <x:n v="1.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="12902.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="12920.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="162.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="164.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="668.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="664.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1366.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1363.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="944.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="946.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="454.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="448.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="333.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="484.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="486.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="294.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="294.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="870.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="880.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6086.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6105.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="13049.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="13109.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="170.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="171.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="144.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="685.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1430.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1434.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="915.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="916.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="447.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="371.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="374.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="474.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="474.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="298.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="299.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="882.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="900.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6074.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6119.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="13142"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="13161.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="216.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="183.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="183.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="157.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="722.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="718.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1459.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1451.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="930.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="930.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="484.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="477.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="376.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="382.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="466.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="464.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="898.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="915.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5904.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5920.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="13632.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="13655.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="253.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="252.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="211.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="211.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="159.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="160.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="752.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="751.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="127.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1523.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1515.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="952.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="486.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="478.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="401.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="405.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="468.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="459.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="343.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="340.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1038.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1050.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5987.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6024.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="14546.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="14570.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="295.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="294.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="210.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="207.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="165.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="825.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="137.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="133.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1541.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1531.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1052.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1060.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="513.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="509.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="410.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="415.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="443.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="440.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="379.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1122.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1136.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6392.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6408.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16100.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="16138.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="359.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="357.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="270.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="269.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="150.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="158.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="195.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="925.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="157.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1713.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1712.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1115.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="619.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="614.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="451.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="454.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="488.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="488.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="417.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="416.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="121.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="121.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1225.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1242.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6934.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6953.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="17532.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17608.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="350.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="252.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="253.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="166.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="171.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="213.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="217.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="992.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="996.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="141.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="141.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1966.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1969.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1124.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1131.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="652.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="615.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="613.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="527.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="529.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="483.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1383.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1402.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7464.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7498.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18399.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18448.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="363.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="363.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="253.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="251.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="202.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="211.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="220.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="224.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1062.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1069.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2077.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1117.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1122.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="680.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="687.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="687.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="512.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="511.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="544.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="547.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1628.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1652.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7527.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7525.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="19395.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="19456.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="361.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="255.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="255.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="236.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="244.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="242.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="242.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1259.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="138.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="138.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2171.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2171.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1160.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="737.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="737.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="737.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="487.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="492.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="562.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1871.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1889.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7573.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7565.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="20143.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="20205.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="330.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="252.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="250.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="259.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="266.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="251.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="252.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1256.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="136.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="137.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2335.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2334.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1210.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1221.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="143.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="806.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="804.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="741.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="743.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="512.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="682.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="686.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="138.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1891.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1913.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7627.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7637.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="4460.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="4452.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="248.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="251.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="412.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="392.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="238.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="241.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="163.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="159.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="216.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="216.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="207.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="207.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="280.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="267.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1808.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="4955.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="247.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="241.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="673.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="683.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="311.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="219.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="218.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="229.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="218.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="241.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="218.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="220.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="244.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="248.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1693.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1756.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="17257"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17172.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="228.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="208.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="228.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="236.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="220.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="217.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="906.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="894.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2297.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2297.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1149.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1140.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="136.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="134.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="130.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="851.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="840.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="119.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="118.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="629.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="622.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="483.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="463.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="698.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="695.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="167.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="159.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="179.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="172.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1486.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1536.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="6026.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="5990.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="20625.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="20626.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="335.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="256.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="253.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="251.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="264.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="265.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="261.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1010.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1012.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="156.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="158.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2780.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2783.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1416.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1419.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="180.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1009.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1000.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="728.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="725.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="520.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="516.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="802.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="799.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="161.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="159.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="207.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="206.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1809.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1872.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7217.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7180.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="21424.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="21458.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="375.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="367.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="128.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="274.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="287.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="299.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="278.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="276.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="998.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1002.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="149.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="152.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="3031.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="3032.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1407.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1411.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB99"/>
+    <s v="Other UK (1)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="193.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="196.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="171.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="166.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1050.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1044.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="797.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="791.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="519.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="518.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="824.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="817.9"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="187.5"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="QA"/>
+    <s v="Qatar"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="178.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="183.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="175.1"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="237.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1913.4"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1995.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="7233.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQAC"/>
+    <s v="Other Europe (33)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZZ11"/>
+    <s v="Other Countries(43)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ASA03"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZZ13"/>
+    <s v="Other transatlantic countries(2)"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+</pivotCacheRecords>
 </file>