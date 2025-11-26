--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52053f02c4ad4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2da2e1727f444aac97763d89ddaf1211.psmdcp" Id="R2672fa66fde14386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a36d715e4a4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1bdf9999c4e4b77a809f0b0a5d253b7.psmdcp" Id="Rbc0f92f420034f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/30/2025 11:00:00 AM</x:t>
+    <x:t>30/01/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AST</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -436,323 +436,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02293V02763" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Direction" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03042V03675" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Route" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J151" totalsRowShown="0">
   <x:autoFilter ref="A1:J151"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02293V02763"/>
     <x:tableColumn id="6" name="Direction"/>
     <x:tableColumn id="7" name="C03042V03675"/>
     <x:tableColumn id="8" name="Route"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1023,51 +854,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1254,51 +1085,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J151"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="11.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -6120,51 +5951,51 @@
       <x:c r="G151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>885.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6181,51 +6012,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J151" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASA02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Air and Sea Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
@@ -6426,27 +6257,1828 @@
         <x:n v="10506.2"/>
         <x:n v="2063.4"/>
         <x:n v="804.6"/>
         <x:n v="20626.2"/>
         <x:n v="7216.1"/>
         <x:n v="10485"/>
         <x:n v="2139.5"/>
         <x:n v="785.6"/>
         <x:n v="21424.6"/>
         <x:n v="7294.7"/>
         <x:n v="11030"/>
         <x:n v="2202.8"/>
         <x:n v="896.8"/>
         <x:n v="21458.5"/>
         <x:n v="7269.2"/>
         <x:n v="11007.4"/>
         <x:n v="2296.6"/>
         <x:n v="885.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="12902.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="5652.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="914.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="222.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="12920.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6132.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="5643.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="924.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="220.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="13049.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6102.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="5782.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="932.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="232.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="13109.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6147.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="5779.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="950.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="231.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="13142"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="5930.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="5920.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="957.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="13161.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="5946.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="5899.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="974.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="340.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="13632.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6016.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="6140.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1093.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="383.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="13655.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6052.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="6113.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1106.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="382.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="14546.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="6452.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1238.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="433.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="14570.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6437.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="6438.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1260.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="433.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="16100.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6960.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="7243"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1375.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="521.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="16138.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6979.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="7238.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1401.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="519.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="17532.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7497.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="8000.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1553.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="481.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="17608.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7531.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="8017.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1577.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="480.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="18399.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7562"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="8487.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1832.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="517.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="18448.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7559.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="8501.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1866.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="521.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="19395.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7606.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="9066.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="612.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="19456.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7599.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="9106"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2136.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="614.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="20143.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7660.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2155.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="645.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="20205.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7670.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="9715.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2184.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="634.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="4460.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="1812.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="2169.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="171.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="4452.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="1858.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="2145.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="295.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="153.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="4955.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="1694.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="2825.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="271.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="164.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="1757.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="2839.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="17257"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6051.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="8929.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1714.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="560.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="17172.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="6016.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="8836.9"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="1773.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="545.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="20625.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7251.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="10506.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2063.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="804.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="20626.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7216.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="10485"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2139.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="785.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="21424.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7294.7"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2202.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="896.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="21458.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7269.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="11007.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2296.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="885.2"/>
+  </r>
+</pivotCacheRecords>
 </file>