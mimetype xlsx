--- v1 (2025-11-26)
+++ v2 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a36d715e4a4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1bdf9999c4e4b77a809f0b0a5d253b7.psmdcp" Id="Rbc0f92f420034f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36bb8060b296415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f98a148dd37140cc9bf95c809567bb1b.psmdcp" Id="R06648c09064b4f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>30/01/2025 11:00:00</x:t>
+    <x:t>29/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AST</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -256,50 +256,53 @@
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -450,85 +453,87 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="10">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="15">
+      <items count="16">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
+        <item x="15"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="15">
+      <items count="16">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
+        <item x="15"/>
       </items>
     </pivotField>
     <pivotField name="C02293V02763" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="Direction" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="C03042V03675" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField name="Route" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
@@ -543,52 +548,52 @@
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="8">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
     <field x="6"/>
     <field x="7"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="9"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J151" totalsRowShown="0">
-  <x:autoFilter ref="A1:J151"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J161" totalsRowShown="0">
+  <x:autoFilter ref="A1:J161"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02293V02763"/>
     <x:tableColumn id="6" name="Direction"/>
     <x:tableColumn id="7" name="C03042V03675"/>
     <x:tableColumn id="8" name="Route"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1089,51 +1094,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J151"/>
+  <x:dimension ref="A1:J161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="11.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -5937,50 +5942,370 @@
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>885.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:10">
+      <x:c r="A152" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E152" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F152" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G152" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I152" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J152" s="0">
+        <x:v>22680.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:10">
+      <x:c r="A153" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E153" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G153" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I153" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J153" s="0">
+        <x:v>7637.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:10">
+      <x:c r="A154" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E154" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G154" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H154" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I154" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J154" s="0">
+        <x:v>11668</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:10">
+      <x:c r="A155" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C155" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E155" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G155" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I155" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J155" s="0">
+        <x:v>2327.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:10">
+      <x:c r="A156" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D156" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E156" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F156" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G156" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I156" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J156" s="0">
+        <x:v>1047.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:10">
+      <x:c r="A157" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E157" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G157" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I157" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J157" s="0">
+        <x:v>22702.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:10">
+      <x:c r="A158" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C158" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D158" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E158" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F158" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G158" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H158" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I158" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J158" s="0">
+        <x:v>7590.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:10">
+      <x:c r="A159" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C159" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D159" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E159" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F159" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G159" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I159" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J159" s="0">
+        <x:v>11619</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:10">
+      <x:c r="A160" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C160" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D160" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E160" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F160" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G160" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H160" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I160" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J160" s="0">
+        <x:v>2440.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:10">
+      <x:c r="A161" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C161" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E161" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G161" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I161" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J161" s="0">
+        <x:v>1052.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -6026,124 +6351,126 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASA02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Air and Sea Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="15">
+      <x:sharedItems count="16">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="15">
+      <x:sharedItems count="16">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02293V02763">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Direction">
       <x:sharedItems count="2">
         <x:s v="Arrivals"/>
         <x:s v="Departures"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03042V03675">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Route">
       <x:sharedItems count="5">
         <x:s v="All routes of travel"/>
         <x:s v="Cross channel"/>
         <x:s v="Continental Europe"/>
         <x:s v="Transatlantic"/>
         <x:s v="Other"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Thousand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="149.2" maxValue="21458.5" count="150">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="149.2" maxValue="22702.4" count="160">
         <x:n v="12902.2"/>
         <x:n v="6113"/>
         <x:n v="5652.6"/>
         <x:n v="914.5"/>
         <x:n v="222.1"/>
         <x:n v="12920.2"/>
         <x:n v="6132.4"/>
         <x:n v="5643.3"/>
         <x:n v="924.3"/>
         <x:n v="220.3"/>
         <x:n v="13049.7"/>
         <x:n v="6102.5"/>
         <x:n v="5782.5"/>
         <x:n v="932.5"/>
         <x:n v="232.2"/>
         <x:n v="13109.7"/>
         <x:n v="6147.4"/>
         <x:n v="5779.8"/>
         <x:n v="950.9"/>
         <x:n v="231.5"/>
         <x:n v="13142"/>
         <x:n v="5930.5"/>
         <x:n v="5920.1"/>
         <x:n v="957.5"/>
         <x:n v="334"/>
@@ -6250,50 +6577,60 @@
         <x:n v="17172.3"/>
         <x:n v="6016.7"/>
         <x:n v="8836.9"/>
         <x:n v="1773.1"/>
         <x:n v="545.7"/>
         <x:n v="20625.6"/>
         <x:n v="7251.5"/>
         <x:n v="10506.2"/>
         <x:n v="2063.4"/>
         <x:n v="804.6"/>
         <x:n v="20626.2"/>
         <x:n v="7216.1"/>
         <x:n v="10485"/>
         <x:n v="2139.5"/>
         <x:n v="785.6"/>
         <x:n v="21424.6"/>
         <x:n v="7294.7"/>
         <x:n v="11030"/>
         <x:n v="2202.8"/>
         <x:n v="896.8"/>
         <x:n v="21458.5"/>
         <x:n v="7269.2"/>
         <x:n v="11007.4"/>
         <x:n v="2296.6"/>
         <x:n v="885.2"/>
+        <x:n v="22680.3"/>
+        <x:n v="7637.6"/>
+        <x:n v="11668"/>
+        <x:n v="2327.5"/>
+        <x:n v="1047.2"/>
+        <x:n v="22702.4"/>
+        <x:n v="7590.1"/>
+        <x:n v="11619"/>
+        <x:n v="2440.8"/>
+        <x:n v="1052.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="ASA02"/>
     <s v="Air and Sea Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="1"/>
     <s v="Arrivals"/>
     <s v="-"/>
     <s v="All routes of travel"/>
     <s v="Thousand"/>
     <n v="12902.2"/>
   </r>
   <r>
     <s v="ASA02"/>
     <s v="Air and Sea Travel"/>
     <s v="2010"/>
     <s v="2010"/>
@@ -8058,27 +8395,147 @@
   </r>
   <r>
     <s v="ASA02"/>
     <s v="Air and Sea Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Departures"/>
     <s v="03"/>
     <s v="Transatlantic"/>
     <s v="Thousand"/>
     <n v="2296.6"/>
   </r>
   <r>
     <s v="ASA02"/>
     <s v="Air and Sea Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Departures"/>
     <s v="04"/>
     <s v="Other"/>
     <s v="Thousand"/>
     <n v="885.2"/>
   </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="22680.3"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7637.6"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="11668"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2327.5"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1047.2"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All routes of travel"/>
+    <s v="Thousand"/>
+    <n v="22702.4"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Cross channel"/>
+    <s v="Thousand"/>
+    <n v="7590.1"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="02"/>
+    <s v="Continental Europe"/>
+    <s v="Thousand"/>
+    <n v="11619"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="03"/>
+    <s v="Transatlantic"/>
+    <s v="Thousand"/>
+    <n v="2440.8"/>
+  </r>
+  <r>
+    <s v="ASA02"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="04"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1052.5"/>
+  </r>
 </pivotCacheRecords>
 </file>