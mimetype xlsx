--- v2 (2026-02-05)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36bb8060b296415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f98a148dd37140cc9bf95c809567bb1b.psmdcp" Id="R06648c09064b4f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b54e12a64a44b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc37d3b7104f437cab5ac3f07e4797b9.psmdcp" Id="R5700f4e6400e4ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>