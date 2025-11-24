--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfeac1bec6324c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91cb0074f23d4a52af803033f162eba6.psmdcp" Id="Re052f638e6104204" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f055793e0174f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64e5ac21782846799a51b921bc69f2a0.psmdcp" Id="R4ec99232f0a047b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/30/2025 11:00:00 AM</x:t>
+    <x:t>30/01/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AST</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -424,307 +424,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02293V02763" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Direction" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02152V02595" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Mode" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J91" totalsRowShown="0">
   <x:autoFilter ref="A1:J91"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02293V02763"/>
     <x:tableColumn id="6" name="Direction"/>
     <x:tableColumn id="7" name="C02152V02595"/>
     <x:tableColumn id="8" name="Mode"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -995,51 +838,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1226,51 +1069,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="11.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4172,51 +4015,51 @@
       <x:c r="G91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>1102.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4233,51 +4076,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J91" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Air and Sea Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
@@ -4414,27 +4257,1108 @@
         <x:n v="17257"/>
         <x:n v="16193.2"/>
         <x:n v="1063.8"/>
         <x:n v="17172.3"/>
         <x:n v="16117.4"/>
         <x:n v="1054.9"/>
         <x:n v="20625.6"/>
         <x:n v="19481"/>
         <x:n v="1144.6"/>
         <x:n v="20626.2"/>
         <x:n v="19476.1"/>
         <x:n v="1150.1"/>
         <x:n v="21424.6"/>
         <x:n v="20343"/>
         <x:n v="1081.5"/>
         <x:n v="21458.5"/>
         <x:n v="20355.8"/>
         <x:n v="1102.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="12902.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="11400.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1501.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="12920.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="11425.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1494.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="13049.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="11647.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1402.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="13109.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="11707.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1402.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="13142"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="11806.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1335.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="13161.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="11839.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1321.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="13632.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="12287.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1345.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="13655.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="12314.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1340.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="14546.8"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="13138.8"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="14570.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="13169.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="16100.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="14744.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1355.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="16138.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="14790.4"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1348.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="17532.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="16232.4"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1300.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="17608.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="16318.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1289.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="18399.4"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="17076"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1323.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="18448.8"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="17139.8"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="19395.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="18102.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1293.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="19456.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="18180.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1275.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="20143.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="18907.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1236.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="20205.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="18975.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1230.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="4460.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="4135.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="324.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="4452.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="4114.7"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="4955.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="4516.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="439.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="4559.4"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="462.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="17257"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="16193.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1063.8"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="17172.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="16117.4"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1054.9"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="20625.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="19481"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1144.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="20626.2"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="19476.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1150.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="21424.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="20343"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1081.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="21458.5"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="20355.8"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1102.7"/>
+  </r>
+</pivotCacheRecords>
 </file>