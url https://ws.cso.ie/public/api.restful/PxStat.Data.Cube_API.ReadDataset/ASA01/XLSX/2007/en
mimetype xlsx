--- v1 (2025-11-24)
+++ v2 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f055793e0174f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64e5ac21782846799a51b921bc69f2a0.psmdcp" Id="R4ec99232f0a047b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0283fc709fa46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f65bb2e62c564e3d95518067aee53430.psmdcp" Id="Ra829ea12a0bd47f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ASA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>30/01/2025 11:00:00</x:t>
+    <x:t>29/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ASA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AST</x:t>
   </x:si>
   <x:si>
     <x:t>Air and Sea Travel Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -243,50 +243,53 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -438,85 +441,87 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="10">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="15">
+      <items count="16">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
+        <item x="15"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="15">
+      <items count="16">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
+        <item x="15"/>
       </items>
     </pivotField>
     <pivotField name="C02293V02763" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="Direction" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="C02152V02595" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="Mode" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
@@ -527,52 +532,52 @@
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="8">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
     <field x="6"/>
     <field x="7"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="9"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J91" totalsRowShown="0">
-  <x:autoFilter ref="A1:J91"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J97" totalsRowShown="0">
+  <x:autoFilter ref="A1:J97"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02293V02763"/>
     <x:tableColumn id="6" name="Direction"/>
     <x:tableColumn id="7" name="C02152V02595"/>
     <x:tableColumn id="8" name="Mode"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1073,51 +1078,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J91"/>
+  <x:dimension ref="A1:J97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="11.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -4001,50 +4006,242 @@
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>1102.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:10">
+      <x:c r="A92" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I92" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J92" s="0">
+        <x:v>22680.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:10">
+      <x:c r="A93" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I93" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J93" s="0">
+        <x:v>21591.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:10">
+      <x:c r="A94" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I94" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J94" s="0">
+        <x:v>1089.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:10">
+      <x:c r="A95" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I95" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J95" s="0">
+        <x:v>22702.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:10">
+      <x:c r="A96" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I96" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J96" s="0">
+        <x:v>21600.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:10">
+      <x:c r="A97" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I97" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J97" s="0">
+        <x:v>1101.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -4090,120 +4287,122 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ASA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Air and Sea Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="15">
+      <x:sharedItems count="16">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="15">
+      <x:sharedItems count="16">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02293V02763">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Direction">
       <x:sharedItems count="2">
         <x:s v="Arrivals"/>
         <x:s v="Departures"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02152V02595">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="041"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Mode">
       <x:sharedItems count="3">
         <x:s v="All modes of transport"/>
         <x:s v="Air"/>
         <x:s v="Sea"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Thousand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="324.5" maxValue="21458.5" count="90">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="324.5" maxValue="22702.4" count="96">
         <x:n v="12902.2"/>
         <x:n v="11400.6"/>
         <x:n v="1501.7"/>
         <x:n v="12920.2"/>
         <x:n v="11425.3"/>
         <x:n v="1494.9"/>
         <x:n v="13049.7"/>
         <x:n v="11647.5"/>
         <x:n v="1402.2"/>
         <x:n v="13109.7"/>
         <x:n v="11707.1"/>
         <x:n v="1402.5"/>
         <x:n v="13142"/>
         <x:n v="11806.7"/>
         <x:n v="1335.3"/>
         <x:n v="13161.6"/>
         <x:n v="11839.7"/>
         <x:n v="1321.9"/>
         <x:n v="13632.9"/>
         <x:n v="12287.7"/>
         <x:n v="1345.2"/>
         <x:n v="13655.2"/>
         <x:n v="12314.5"/>
         <x:n v="1340.7"/>
         <x:n v="14546.8"/>
@@ -4250,50 +4449,56 @@
         <x:n v="338"/>
         <x:n v="4955.9"/>
         <x:n v="4516.6"/>
         <x:n v="439.3"/>
         <x:n v="5022"/>
         <x:n v="4559.4"/>
         <x:n v="462.6"/>
         <x:n v="17257"/>
         <x:n v="16193.2"/>
         <x:n v="1063.8"/>
         <x:n v="17172.3"/>
         <x:n v="16117.4"/>
         <x:n v="1054.9"/>
         <x:n v="20625.6"/>
         <x:n v="19481"/>
         <x:n v="1144.6"/>
         <x:n v="20626.2"/>
         <x:n v="19476.1"/>
         <x:n v="1150.1"/>
         <x:n v="21424.6"/>
         <x:n v="20343"/>
         <x:n v="1081.5"/>
         <x:n v="21458.5"/>
         <x:n v="20355.8"/>
         <x:n v="1102.7"/>
+        <x:n v="22680.3"/>
+        <x:n v="21591.1"/>
+        <x:n v="1089.1"/>
+        <x:n v="22702.4"/>
+        <x:n v="21600.6"/>
+        <x:n v="1101.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="ASA01"/>
     <s v="Air and Sea Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="1"/>
     <s v="Arrivals"/>
     <s v="-"/>
     <s v="All modes of transport"/>
     <s v="Thousand"/>
     <n v="12902.2"/>
   </r>
   <r>
     <s v="ASA01"/>
     <s v="Air and Sea Travel"/>
     <s v="2010"/>
     <s v="2010"/>
@@ -5338,27 +5543,99 @@
   </r>
   <r>
     <s v="ASA01"/>
     <s v="Air and Sea Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Departures"/>
     <s v="01"/>
     <s v="Air"/>
     <s v="Thousand"/>
     <n v="20355.8"/>
   </r>
   <r>
     <s v="ASA01"/>
     <s v="Air and Sea Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Departures"/>
     <s v="041"/>
     <s v="Sea"/>
     <s v="Thousand"/>
     <n v="1102.7"/>
   </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="22680.3"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="21591.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Arrivals"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1089.1"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="-"/>
+    <s v="All modes of transport"/>
+    <s v="Thousand"/>
+    <n v="22702.4"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="01"/>
+    <s v="Air"/>
+    <s v="Thousand"/>
+    <n v="21600.6"/>
+  </r>
+  <r>
+    <s v="ASA01"/>
+    <s v="Air and Sea Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Departures"/>
+    <s v="041"/>
+    <s v="Sea"/>
+    <s v="Thousand"/>
+    <n v="1101.8"/>
+  </r>
 </pivotCacheRecords>
 </file>