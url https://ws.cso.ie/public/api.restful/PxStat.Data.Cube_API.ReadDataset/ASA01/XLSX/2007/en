--- v2 (2026-02-03)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0283fc709fa46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f65bb2e62c564e3d95518067aee53430.psmdcp" Id="Ra829ea12a0bd47f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636eed81af184e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6edd3cafea6b4ba09ca048e38b64e683.psmdcp" Id="Ra0a09c447e564e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>