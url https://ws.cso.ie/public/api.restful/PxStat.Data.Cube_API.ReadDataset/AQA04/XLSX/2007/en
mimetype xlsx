--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cfabc59bf14958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca02585ca03745c69d2e72344942b555.psmdcp" Id="R9bca867336d541d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff92514a409347c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22f592d17bbc49189523c15490badb71.psmdcp" Id="R4cc512a17f9e4d17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AQA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Crop Yield and Production</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/27/2025 11:00:00 AM</x:t>
+    <x:t>27/05/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates for the area under crops have been obtained from the Department of Agriculture, Food and the Marine (DAFM) Basic Income Support for Sustainability Scheme (BISS) which replaced the Basic Payment Scheme in 2023. The yield estimates are obtained from a joint survey conducted by Teagasc and the CSO.&lt;br&gt;&lt;br&gt;Agricultural crop yield and production data for 2023 was revised on the 27th November 2024. The revision was a result of a change in methodology developed following consultation with our data provider. Area under crops remains unchanged.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AQA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AYPC</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture Area Used and Crop Production</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophie Emersion</x:t>
+    <x:t>Stehpanie Kelleher</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>agri@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5453</x:t>
+    <x:t>(+353) 21 453 5123</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -499,387 +499,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02039V02469" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Crop" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H664" totalsRowShown="0">
   <x:autoFilter ref="A1:H664"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02039V02469"/>
     <x:tableColumn id="6" name="Type of Crop"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1148,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AQA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1381,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H664"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -18677,51 +18454,51 @@
       <x:c r="E664" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>368.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18738,51 +18515,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H664" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="AQA04C1"/>
         <x:s v="AQA04C2"/>
         <x:s v="AQA04C3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Area under Crops"/>
         <x:s v="Crop Yield per Hectare"/>
         <x:s v="Crop Production"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="17">
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
@@ -19289,27 +19066,6658 @@
         <x:n v="1313.3"/>
         <x:n v="461.5"/>
         <x:n v="851.8"/>
         <x:n v="81.3"/>
         <x:n v="97.3"/>
         <x:n v="322.2"/>
         <x:n v="2012.2"/>
         <x:n v="413.6"/>
         <x:n v="360"/>
         <x:n v="235.8"/>
         <x:n v="64.7"/>
         <x:n v="171.2"/>
         <x:n v="1362.7"/>
         <x:n v="351.4"/>
         <x:n v="1011.3"/>
         <x:n v="96.2"/>
         <x:n v="66.8"/>
         <x:n v="368.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="320.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="187.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="298.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="193.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="174.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="272.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="296.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="180.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="144.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="314.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="192.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="151.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="306.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="219.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="183.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="305.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="215.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="155.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="291.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="202.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="280.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="189.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="271.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="180.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="185.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="127.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="266.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="179.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="265.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="193.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="274.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="183.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="285.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="190.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="269.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="186.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Hectares"/>
+    <n v="258.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Hectares"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Hectares"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Hectares"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Hectares"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Hectares"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Hectares"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Hectares"/>
+    <n v="181.4"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Hectares"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Hectares"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Hectares"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Hectares"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="AQA04C1"/>
+    <s v="Area under Crops"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Hectares"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="Tonnes"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AQA04C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="Tonnes"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2461.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="992.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="839.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="174.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1294.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="181.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1112.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="344.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="690.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="552.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="137.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1227.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="164.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1063.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="336.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2040.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="669.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="148.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1223.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="245.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="977.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="419.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2509.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="929.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="792.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="136.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="168.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="326.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1085.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="356.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2125.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="707.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="625.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="156.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1260.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="319.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="940.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2400.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="545.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="422.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="123.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="192.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="149.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1662.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="341.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1320.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="410.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2597.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="663.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="149.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1731.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="558.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1172.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2633.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="696.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="610.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="197.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1739.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="711.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1027.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="360.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2310.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="647.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="587.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="183.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1479.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="644.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="835.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2392.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="681.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="626.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="128.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1505.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="592.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="913.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="412.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1853.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="506.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="484.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1224.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="508.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="716.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2396.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="604.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="202.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="147.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1557.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="780.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="776.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="382.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2013.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="307.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="189.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1430.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="426.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="300.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2457.1"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="662.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="609.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="238.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="126.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1556.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="638.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="917.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="407.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="665.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="241.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="139.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1585.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="639.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="945.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="519.9"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="485.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="206.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="123.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1313.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="461.5"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="851.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="322.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="000 Tonnes"/>
+    <n v="2012.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="413.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="000 Tonnes"/>
+    <n v="235.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="000 Tonnes"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="000 Tonnes"/>
+    <n v="171.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1362.7"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="000 Tonnes"/>
+    <n v="351.4"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1011.3"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="000 Tonnes"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="000 Tonnes"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="AQA04C3"/>
+    <s v="Crop Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="000 Tonnes"/>
+    <n v="368.3"/>
+  </r>
+</pivotCacheRecords>
 </file>