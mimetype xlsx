--- v1 (2026-01-02)
+++ v2 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff92514a409347c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22f592d17bbc49189523c15490badb71.psmdcp" Id="R4cc512a17f9e4d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e2559fc4464e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08492abf60c345118bd57eabc55288c0.psmdcp" Id="R4ef574f0f8594912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>