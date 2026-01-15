--- v0 (2025-11-05)
+++ v1 (2026-01-15)
@@ -1,156 +1,156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20fae4ab9750465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ab5120c0eed48b492e9e08282034ae2.psmdcp" Id="R1ffc97716fbb49db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree37780808244526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c817de41e79b4a069cdd0086c01394a5.psmdcp" Id="R225e700ba0fe4382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AQA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Crop Yield (1985 - 2007)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sugar beet</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>. The EU formally adopted a reform on the EU sugar regime in 2006, which resulted in the ending of sugar production in Ireland.  See background notes(https://www.cso.ie/en/methods/agricultureandfishing/teagasccropyieldsurvey/)</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AQA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AYPC</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture Area Used and Crop Production</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophie Emersion</x:t>
+    <x:t>Stehpanie Kelleher</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>agri@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5453</x:t>
+    <x:t>(+353) 21 453 5123</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -364,50 +364,53 @@
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Beans and peas</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Oilseed rape</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Potatoes</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>Turnips</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>061</x:t>
   </x:si>
   <x:si>
     <x:t>Sugar beet</x:t>
   </x:si>
   <x:si>
     <x:t>062</x:t>
   </x:si>
   <x:si>
     <x:t>Fodder beet</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Kale and field cabbage</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
@@ -561,467 +564,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02039V02469" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Crop" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1174" totalsRowShown="0">
   <x:autoFilter ref="A1:H1174"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02039V02469"/>
     <x:tableColumn id="2" name="Type of Crop"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1290,51 +1010,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AQA03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1523,51 +1243,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1174"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -26317,5606 +26037,5813 @@
         <x:v>89.7</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H953" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H954" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H955" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F956" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H956" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F957" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H957" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F958" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H958" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F959" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H959" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F960" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H960" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F961" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H961" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F962" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H962" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F963" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H963" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H964" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H965" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F966" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H966" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F967" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H967" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F968" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H968" s="0">
         <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H969" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H970" s="0">
         <x:v>1309</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E971" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F971" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H971" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F972" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H972" s="0">
         <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F973" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H973" s="0">
         <x:v>1274</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F974" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H974" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H975" s="0">
         <x:v>43.7</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H976" s="0">
         <x:v>1623</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F977" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H977" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F978" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H978" s="0">
         <x:v>40.1</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F979" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H979" s="0">
         <x:v>1334</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E980" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F980" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H980" s="0">
         <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E981" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F981" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H981" s="0">
         <x:v>45.2</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E982" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F982" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H982" s="0">
         <x:v>1451</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E983" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F983" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H983" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E984" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F984" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H984" s="0">
         <x:v>45.8</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H985" s="0">
         <x:v>1480</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H986" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H987" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H988" s="0">
         <x:v>1409</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H989" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H990" s="0">
         <x:v>44.6</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H991" s="0">
         <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H992" s="0">
         <x:v>32.2</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H993" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H994" s="0">
         <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H995" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H996" s="0">
         <x:v>39.3</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H997" s="0">
         <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H998" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H999" s="0">
         <x:v>44.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1000" s="0">
         <x:v>1547</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1001" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1002" s="0">
         <x:v>45.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1003" s="0">
         <x:v>1475.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1004" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1005" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1006" s="0">
         <x:v>1648.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1007" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1008" s="0">
         <x:v>49.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1009" s="0">
         <x:v>1640</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1010" s="0">
         <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1011" s="0">
         <x:v>50.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1012" s="0">
         <x:v>1712.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1013" s="0">
         <x:v>32.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1014" s="0">
         <x:v>56.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1015" s="0">
         <x:v>1829</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1016" s="0">
         <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1017" s="0">
         <x:v>48.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1018" s="0">
         <x:v>1498</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1019" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1020" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1021" s="0">
         <x:v>1300.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1022" s="0">
         <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1023" s="0">
         <x:v>47.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1024" s="0">
         <x:v>1505.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1025" s="0">
         <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1026" s="0">
         <x:v>59.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1027" s="0">
         <x:v>1861.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1028" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1029" s="0">
         <x:v>44.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1030" s="0">
         <x:v>1380</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1031" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1032" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1033" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1034" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1035" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1036" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1037" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1038" s="0">
         <x:v>56.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1039" s="0">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1040" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1041" s="0">
         <x:v>51.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1042" s="0">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1043" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1044" s="0">
         <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1045" s="0">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1046" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1047" s="0">
         <x:v>63.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1048" s="0">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1049" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1050" s="0">
         <x:v>54.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1051" s="0">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1052" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1053" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1054" s="0">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1055" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1056" s="0">
         <x:v>68.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1057" s="0">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1058" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1059" s="0">
         <x:v>70.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1060" s="0">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1061" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1062" s="0">
         <x:v>54.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1063" s="0">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1064" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1065" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1066" s="0">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1067" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1068" s="0">
         <x:v>66.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1069" s="0">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1070" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1071" s="0">
         <x:v>73.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1072" s="0">
         <x:v>726.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1073" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1074" s="0">
         <x:v>66.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1075" s="0">
         <x:v>603.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1076" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1077" s="0">
         <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1078" s="0">
         <x:v>475.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1079" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1080" s="0">
         <x:v>70.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1081" s="0">
         <x:v>494.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1082" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1083" s="0">
         <x:v>70.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1084" s="0">
         <x:v>361.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1085" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1086" s="0">
         <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1087" s="0">
         <x:v>278.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1088" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1089" s="0">
         <x:v>60.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1090" s="0">
         <x:v>249.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1091" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1092" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1093" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1094" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1095" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1096" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1097" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1098" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1099" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1100" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1101" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1102" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1103" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1104" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1105" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1106" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1107" s="0">
         <x:v>44.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1108" s="0">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1109" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1110" s="0">
         <x:v>43.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1111" s="0">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1112" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1113" s="0">
         <x:v>52.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1114" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1115" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1116" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1117" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1118" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1119" s="0">
         <x:v>39.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1120" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1121" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1122" s="0">
         <x:v>49.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1123" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1124" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1125" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1126" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1127" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1128" s="0">
         <x:v>48.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1129" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1130" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1131" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1132" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1133" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1134" s="0">
         <x:v>44.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1135" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1136" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1137" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1138" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1139" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1140" s="0">
         <x:v>40.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1141" s="0">
         <x:v>63.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1142" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1143" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1144" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1145" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1146" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1147" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1148" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1149" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1150" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1151" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1152" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1153" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1154" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1155" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1156" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1157" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1158" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1159" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1160" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1161" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1162" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1163" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1164" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1165" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1166" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1167" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1168" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1169" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1170" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H1171" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1172" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H1173" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>58</x:v>
+      </x:c>
+      <x:c r="H1174" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31933,51 +31860,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1174" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02039V02469">
       <x:sharedItems count="17">
         <x:s v="01"/>
         <x:s v="011"/>
         <x:s v="0111"/>
         <x:s v="0112"/>
         <x:s v="012"/>
         <x:s v="0121"/>
         <x:s v="0122"/>
         <x:s v="013"/>
         <x:s v="0131"/>
         <x:s v="0132"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="061"/>
         <x:s v="062"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Crop">
       <x:sharedItems count="17">
@@ -32744,27 +32671,11758 @@
         <x:n v="44.2"/>
         <x:n v="162"/>
         <x:n v="43.1"/>
         <x:n v="52.1"/>
         <x:n v="153"/>
         <x:n v="2.5"/>
         <x:n v="98"/>
         <x:n v="39.5"/>
         <x:n v="94"/>
         <x:n v="2"/>
         <x:n v="49.5"/>
         <x:n v="99"/>
         <x:n v="1.4"/>
         <x:n v="42.2"/>
         <x:n v="48.8"/>
         <x:n v="91"/>
         <x:n v="40.8"/>
         <x:n v="63.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="386.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="362.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="334.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="323.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="319.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="298.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="299.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="295.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="280.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="264.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="269.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="304.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1943.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="280.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2011.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="277.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2173.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="283.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2165.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="297.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1963.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="299.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2146.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="306.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2500.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="276.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="274.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="2083.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="273.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Total wheat, oats and barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="673.6"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="771.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="724.5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="597.4"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="737.4"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="769.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="867.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="794.1"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1019.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="802.7"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Total wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="713.4"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="632.5"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="563.3"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="531.9"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="382.1"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="582.3"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="489.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="703.6"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="526.9"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="750.6"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="0111"/>
+    <s v="Winter wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="562.5"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="138.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="161.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="141.1"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="215.3"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="163.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="267.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="268.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="229.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="0112"/>
+    <s v="Spring wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="150.9"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="131.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="136.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="126.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="118.7"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="133.6"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="155.2"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Total oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="159.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="0121"/>
+    <s v="Winter oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0122"/>
+    <s v="Spring oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="283.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="255.3"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="242.5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="236.5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="206.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="193.4"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="184.4"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="180.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="169.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="178.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="181.4"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1224.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="189.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1087.2"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="190.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1072.9"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1277.5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="182.3"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1309.9"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1277.2"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="962.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="183.1"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1197.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="183.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1326.6"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="164.4"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1024.4"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1136.9"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="167.5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Total barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1124.5"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="327.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="287.4"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="249.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="200.5"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="202.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="156.7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="168.2"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="0131"/>
+    <s v="Winter barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="142.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="248.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="231.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="221.7"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="214.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="211.6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="160.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="140.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="896.8"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="148.6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="799.8"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="151.7"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="823.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="165.8"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="158.2"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1107.3"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="162.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1120.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="163.3"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1044.9"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="163.2"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1158.5"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="899.2"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1017.6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="148.8"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0132"/>
+    <s v="Spring barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="982.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Beans and peas"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Oilseed rape"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="733.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="471.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="482.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="558.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="454.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="477.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="518.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="488.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="552.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="409.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="382.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Potatoes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="309.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="284.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="208.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="176.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Turnips"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1475.6"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1648.2"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1712.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1300.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1505.2"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1861.4"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Sugar beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="726.3"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="603.5"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="475.2"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="494.8"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="361.3"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="278.7"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="249.5"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Fodder beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C1"/>
+    <s v="Area under Crops"/>
+    <s v="000 Hectares"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C2"/>
+    <s v="Crop Yield per Hectare"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Kale and field cabbage"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AQA03C3"/>
+    <s v="Crop Yield"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>