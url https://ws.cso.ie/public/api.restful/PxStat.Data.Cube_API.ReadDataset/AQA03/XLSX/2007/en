--- v1 (2026-01-15)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree37780808244526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c817de41e79b4a069cdd0086c01394a5.psmdcp" Id="R225e700ba0fe4382" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107f04c5889d4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e660aab5a70644f8b3e14d5dcef30a89.psmdcp" Id="R55850b53eafb4b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>