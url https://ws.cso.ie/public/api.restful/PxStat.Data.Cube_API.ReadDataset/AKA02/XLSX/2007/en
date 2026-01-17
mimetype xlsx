--- v0 (2025-11-12)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d42453b21bd4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ab76719a3d347a6a6b981b6f3527de8.psmdcp" Id="R10e5fc73859647ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80495913a954a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3310579543174ced998cc3991bc9a953.psmdcp" Id="R98bcd5d5d8e94f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AKA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Milk Sales (Dairy) for Human Consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/6/2025 11:00:00 AM</x:t>
+    <x:t>06/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AKA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
     <x:t>Milk Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Carmel Hinchion</x:t>
   </x:si>
@@ -279,50 +279,53 @@
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -472,435 +475,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02064V02491" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Milk" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H166" totalsRowShown="0">
   <x:autoFilter ref="A1:H166"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02064V02491"/>
     <x:tableColumn id="6" name="Type of Milk"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1169,51 +913,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AKA02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1400,51 +1144,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H166"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -5186,583 +4930,613 @@
         <x:v>186.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H146" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>506.35</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>323.06</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>183.29</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H150" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>503.19</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>321.59</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>497.69</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>318.68</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>179.01</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H160" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>479.1</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>304.1</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>49</x:v>
+      </x:c>
+      <x:c r="H166" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5779,51 +5553,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H166" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AKA02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Milk Sales (Dairy) for Human Consumption"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="33">
         <x:s v="1992"/>
         <x:s v="1993"/>
         <x:s v="1994"/>
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
@@ -6047,27 +5821,1678 @@
         <x:n v="200.1"/>
         <x:n v="19.1"/>
         <x:n v="181"/>
         <x:n v="525.4"/>
         <x:n v="338.6"/>
         <x:n v="186.8"/>
         <x:s v=""/>
         <x:n v="506.35"/>
         <x:n v="323.06"/>
         <x:n v="183.29"/>
         <x:n v="503.19"/>
         <x:n v="321.59"/>
         <x:n v="181.6"/>
         <x:n v="497.69"/>
         <x:n v="318.68"/>
         <x:n v="179.01"/>
         <x:n v="304.1"/>
         <x:n v="175"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="525.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="447.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="528.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="446.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="528.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="444.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="531.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="445.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="445.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="440.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="543.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="443.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="529.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="425.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="530.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="539.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="536.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="417.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="529.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="407.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="398.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="125.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="520.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="382.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="141.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="528.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="374.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="154.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="520.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="357.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="162.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="140.52"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="494.76"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="331.93"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="162.82"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="21.43"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="492.22"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="322.02"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="170.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="21.54"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="148.66"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="493.82"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="316.38"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="177.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="22.16"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="155.29"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="301.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="185.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="162.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="479.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="290.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="188.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="169.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="482.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="283.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="198.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="177.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="507.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="298.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="208.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="186.5"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="313.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="213.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="537.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="326.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="211.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="189.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="536.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="327.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="208.9"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="185.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="533.2"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="331.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="200.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="525.4"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="338.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="186.8"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="506.35"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="323.06"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="183.29"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="503.19"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="321.59"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="181.6"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="497.69"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="318.68"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="179.01"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="479.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="304.1"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>