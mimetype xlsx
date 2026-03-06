--- v1 (2026-01-17)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80495913a954a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3310579543174ced998cc3991bc9a953.psmdcp" Id="R98bcd5d5d8e94f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa4954101804a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98939488cb60438bb371e43be8456925.psmdcp" Id="R7dd88ccbd6d64b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AKA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Milk Sales (Dairy) for Human Consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>06/06/2025 11:00:00</x:t>
+    <x:t>06/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AKA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
     <x:t>Milk Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Carmel Hinchion</x:t>
   </x:si>
@@ -294,50 +294,53 @@
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -489,167 +492,169 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="33">
+      <items count="34">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
         <item x="31"/>
         <item x="32"/>
+        <item x="33"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="33">
+      <items count="34">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
         <item x="31"/>
         <item x="32"/>
+        <item x="33"/>
       </items>
     </pivotField>
     <pivotField name="C02064V02491" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField name="Type of Milk" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H166" totalsRowShown="0">
-  <x:autoFilter ref="A1:H166"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H171" totalsRowShown="0">
+  <x:autoFilter ref="A1:H171"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02064V02491"/>
     <x:tableColumn id="6" name="Type of Milk"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1148,51 +1153,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H166"/>
+  <x:dimension ref="A1:H171"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -5477,50 +5482,180 @@
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:8">
+      <x:c r="A167" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C167" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E167" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F167" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="G167" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H167" s="0">
+        <x:v>486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:8">
+      <x:c r="A168" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C168" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E168" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F168" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G168" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H168" s="0">
+        <x:v>302.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:8">
+      <x:c r="A169" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C169" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E169" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G169" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H169" s="0">
+        <x:v>183.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:8">
+      <x:c r="A170" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C170" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E170" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F170" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G170" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:8">
+      <x:c r="A171" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C171" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E171" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G171" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
@@ -5567,148 +5702,150 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AKA02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Milk Sales (Dairy) for Human Consumption"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="33">
+      <x:sharedItems count="34">
         <x:s v="1992"/>
         <x:s v="1993"/>
         <x:s v="1994"/>
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="33">
+      <x:sharedItems count="34">
         <x:s v="1992"/>
         <x:s v="1993"/>
         <x:s v="1994"/>
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02064V02491">
       <x:sharedItems count="5">
         <x:s v="001"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="015"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Milk">
       <x:sharedItems count="5">
         <x:s v="All Milk"/>
         <x:s v="Whole Milk"/>
         <x:s v="Skimmed and Semi-skimmed milk"/>
         <x:s v="Skimmed Milk"/>
         <x:s v="Semi-skimmed milk"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Million Litres"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="6.6" maxValue="543.2" count="149">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="6.6" maxValue="543.2" count="152">
         <x:n v="525.2"/>
         <x:n v="447.2"/>
         <x:n v="77.9"/>
         <x:n v="6.6"/>
         <x:n v="71.3"/>
         <x:n v="528.4"/>
         <x:n v="446.7"/>
         <x:n v="81.7"/>
         <x:n v="6.7"/>
         <x:n v="75.1"/>
         <x:n v="444.5"/>
         <x:n v="83.9"/>
         <x:n v="7.5"/>
         <x:n v="76.4"/>
         <x:n v="531.2"/>
         <x:n v="445.1"/>
         <x:n v="86.1"/>
         <x:n v="8.5"/>
         <x:n v="77.6"/>
         <x:n v="536"/>
         <x:n v="445.7"/>
         <x:n v="90.3"/>
         <x:n v="9.8"/>
         <x:n v="80.5"/>
         <x:n v="533"/>
@@ -5814,50 +5951,53 @@
         <x:n v="189.4"/>
         <x:n v="536.7"/>
         <x:n v="327.8"/>
         <x:n v="23.3"/>
         <x:n v="185.6"/>
         <x:n v="533.2"/>
         <x:n v="331.1"/>
         <x:n v="200.1"/>
         <x:n v="19.1"/>
         <x:n v="181"/>
         <x:n v="525.4"/>
         <x:n v="338.6"/>
         <x:n v="186.8"/>
         <x:s v=""/>
         <x:n v="506.35"/>
         <x:n v="323.06"/>
         <x:n v="183.29"/>
         <x:n v="503.19"/>
         <x:n v="321.59"/>
         <x:n v="181.6"/>
         <x:n v="497.69"/>
         <x:n v="318.68"/>
         <x:n v="179.01"/>
         <x:n v="304.1"/>
         <x:n v="175"/>
+        <x:n v="486"/>
+        <x:n v="302.3"/>
+        <x:n v="183.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="AKA02"/>
     <s v="Milk Sales (Dairy) for Human Consumption"/>
     <s v="1992"/>
     <s v="1992"/>
     <s v="001"/>
     <s v="All Milk"/>
     <s v="Million Litres"/>
     <n v="525.2"/>
   </r>
   <r>
     <s v="AKA02"/>
     <s v="Milk Sales (Dairy) for Human Consumption"/>
     <s v="1992"/>
     <s v="1992"/>
     <s v="012"/>
     <s v="Whole Milk"/>
@@ -7472,27 +7612,77 @@
     <s v="013"/>
     <s v="Skimmed and Semi-skimmed milk"/>
     <s v="Million Litres"/>
     <n v="175"/>
   </r>
   <r>
     <s v="AKA02"/>
     <s v="Milk Sales (Dairy) for Human Consumption"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="014"/>
     <s v="Skimmed Milk"/>
     <s v="Million Litres"/>
     <s v=""/>
   </r>
   <r>
     <s v="AKA02"/>
     <s v="Milk Sales (Dairy) for Human Consumption"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="015"/>
     <s v="Semi-skimmed milk"/>
     <s v="Million Litres"/>
     <s v=""/>
   </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="001"/>
+    <s v="All Milk"/>
+    <s v="Million Litres"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="Whole Milk"/>
+    <s v="Million Litres"/>
+    <n v="302.3"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="Skimmed and Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <n v="183.7"/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="Skimmed Milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AKA02"/>
+    <s v="Milk Sales (Dairy) for Human Consumption"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="Semi-skimmed milk"/>
+    <s v="Million Litres"/>
+    <s v=""/>
+  </r>
 </pivotCacheRecords>
 </file>