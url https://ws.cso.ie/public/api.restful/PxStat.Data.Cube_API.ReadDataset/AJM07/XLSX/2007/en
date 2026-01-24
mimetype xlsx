--- v0 (2025-11-13)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac171c464de4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fbf64d7eb0a4dfc97dddf802cae4fb5.psmdcp" Id="R6f7a0c5b95b243b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0be8c2e798e408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1738df974d241d5875e0de63ea87232.psmdcp" Id="R10a9acb759c143d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AJM07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing Milk Prices (including VAT) (Euro)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/15/2024 11:00:00 AM</x:t>
+    <x:t>15/04/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The milk data in this series includes bonuses. &lt;br&gt;Corrections made to calculations to the VAT rate for 2022 added on 20/04/2023.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AJM07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OIIAP</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Input and Output Absolute Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1738,1987 +1738,564 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1935 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="230">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="230">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02136V02577" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Product" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H461" totalsRowShown="0">
   <x:autoFilter ref="A1:H461"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02136V02577"/>
     <x:tableColumn id="6" name="Product"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3987,51 +2564,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AJM07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -4220,51 +2797,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H461"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -16238,51 +14815,51 @@
       <x:c r="E461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>0.4164</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16299,51 +14876,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H461" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AJM07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Manufacturing Milk Prices (including VAT)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="230">
         <x:s v="200501"/>
         <x:s v="200502"/>
         <x:s v="200503"/>
         <x:s v="200504"/>
         <x:s v="200505"/>
         <x:s v="200506"/>
         <x:s v="200507"/>
         <x:s v="200508"/>
         <x:s v="200509"/>
         <x:s v="200510"/>
         <x:s v="200511"/>
@@ -17028,27 +15605,4628 @@
         <x:n v="0.4204"/>
         <x:n v="0.4038"/>
         <x:n v="0.4071"/>
         <x:n v="0.3887"/>
         <x:n v="0.4002"/>
         <x:n v="0.3696"/>
         <x:n v="0.3933"/>
         <x:n v="0.3477"/>
         <x:n v="0.3471"/>
         <x:n v="0.4373"/>
         <x:n v="0.3443"/>
         <x:n v="0.4566"/>
         <x:n v="0.3588"/>
         <x:n v="0.3759"/>
         <x:n v="0.4476"/>
         <x:n v="0.3929"/>
         <x:n v="0.4597"/>
         <x:n v="0.4164"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.308"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.301"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.288"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.281"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.272"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.269"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.267"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.268"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.265"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.268"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.262"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.266"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.262"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.264"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.269"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.267"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.286"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.276"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.305"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.285"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.311"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.29"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.309"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.297"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.294"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.289"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.282"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.277"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.264"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.261"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.258"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.261"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.259"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.263"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.252"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.257"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.249"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.253"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.256"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.256"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.27"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.262"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.287"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.27"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.296"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.277"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.288"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.277"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.282"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.276"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.269"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.263"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.251"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.247"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.272"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.276"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.292"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.295"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.318"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.319"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.34"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.34"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.375"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.37"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.412"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.401"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.438"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.413"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.451"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.424"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.431"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.417"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.415"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.403"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.405"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.397"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.387"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.381"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.345"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.347"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.332"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.337"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.32"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.322"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.326"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.324"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.324"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.317"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.324"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.308"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.336"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.309"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.303"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.319"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.304"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.288"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.277"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.264"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.257"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.219"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.216"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.218"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.219"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.216"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.217"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.212"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.214"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.214"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.214"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.221"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.217"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.249"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.236"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.279"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.261"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.295"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.274"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.285"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.269"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.289"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.277"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.274"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.263"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.264"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.258"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.272"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.272"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.298"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.303"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.301"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.303"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.304"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.301"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.311"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.306"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.317"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.353"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.368"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.337"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.351"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.327"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.35"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.337"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.354"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.341"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.335"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.325"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.345"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.344"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.347"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.344"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.356"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.347"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.381"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.365"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.372"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.409"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.385"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.384"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.367"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.375"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.368"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.369"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.361"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.347"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.343"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.319"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.298"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.294"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.297"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.294"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.294"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.293"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.307"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.298"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.344"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.316"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.375"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.328"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.388"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.345"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.364"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.345"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.369"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.362"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.368"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.358"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.353"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.351"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.357"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.359"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.374"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.374"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.383"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.379"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.381"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.379"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.406"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.437"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.395"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.468"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.402"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.476"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.41"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.457"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.42"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.436"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.424"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.43"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.42"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.403"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.405"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.399"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.392"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.383"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.378"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.381"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.376"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.364"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.355"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.377"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.355"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.366"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.328"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.394"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.334"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.388"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.335"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.362"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.339"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.345"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.336"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.346"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.341"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.311"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.31"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.313"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.307"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.299"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.288"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.291"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.28"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.281"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.268"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.288"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.267"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.302"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.266"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.322"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.272"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.322"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.275"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.304"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.281"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.301"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.289"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.297"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.285"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.252"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.248"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.249"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.244"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.247"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.241"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.243"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.237"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.253"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.243"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.279"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.261"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.309"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.272"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.351"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.294"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.377"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.362"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.328"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.368"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.351"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.356"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.336"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.325"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.322"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.341"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.351"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.339"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.366"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.351"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.394"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.364"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.426"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.37"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.438"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.369"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.441"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.373"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.426"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.375"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.399"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.373"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.382"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.362"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.343"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.332"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.321"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.321"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.326"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.321"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.328"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.319"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.353"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.324"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.382"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.347"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.401"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.404"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.385"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.338"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.349"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.325"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.352"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.325"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.337"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.321"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.327"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.314"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.325"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.321"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.306"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.331"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.301"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.356"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.304"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.378"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.306"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.386"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.31"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.376"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.323"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.357"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.326"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.359"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.326"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.309"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.313"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.298"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.301"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.327"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.31"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.338"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.315"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.349"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.317"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.377"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.322"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.403"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.325"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.402"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.327"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.386"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.327"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.368"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.327"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.384"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.348"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.383"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.358"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.377"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.358"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.386"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.365"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.385"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.364"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.383"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.363"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.404"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.366"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.437"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.375"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.479"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.384"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.501"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.386"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.499"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.417"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4819"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4345"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4966"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4546"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.5113"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4716"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.5348"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5046"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.5592"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5311"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.5784"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5447"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.6059"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5687"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.6222"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5634"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.669"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5658"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.7121"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.562"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.7188"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5705"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.7511"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.6248"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.6374"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.567"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.5597"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.5036"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4729"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4438"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4299"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4073"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4204"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4038"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4071"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3887"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4002"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3696"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.3933"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3477"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.413"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3471"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4373"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3443"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4566"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3588"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4566"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3759"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4476"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.3929"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="1"/>
+    <s v="Milk (per litre), actual fat and protein"/>
+    <s v="Euro"/>
+    <n v="0.4597"/>
+  </r>
+  <r>
+    <s v="AJM07"/>
+    <s v="Manufacturing Milk Prices (including VAT)"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="2"/>
+    <s v="Milk (per litre), 3.7% fat and 3.3% protein"/>
+    <s v="Euro"/>
+    <n v="0.4164"/>
+  </r>
+</pivotCacheRecords>
 </file>