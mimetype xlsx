--- v1 (2026-01-24)
+++ v2 (2026-03-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0be8c2e798e408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1738df974d241d5875e0de63ea87232.psmdcp" Id="R10a9acb759c143d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff999ea7af9e4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbac9ae37eaa43f583774cf36e7651bb.psmdcp" Id="R40422d58c0ac409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>