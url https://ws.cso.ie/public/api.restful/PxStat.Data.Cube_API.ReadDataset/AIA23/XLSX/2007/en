--- v0 (2025-11-07)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc657b78666bf4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e545378b05c94fe787bc741963f0d516.psmdcp" Id="Rf6b73401da244338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2981182110e048dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36e628b762fc453ab92012acfffbbae3.psmdcp" Id="R8cd722b551a24c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AIA23</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing Local Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/17/2025 11:00:00 AM</x:t>
+    <x:t>17/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> [url= &lt;a href="https://www.cso.ie/en/surveysandmethodology/industry/censusofindustrialpr" target="_blank"&gt;https://www.cso.ie/en/surveysandmethodol ... strialpr&lt;/a&gt;&lt;br&gt;oduction/] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA23/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CIPLUM</x:t>
   </x:si>
   <x:si>
     <x:t>Local Units - Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -478,315 +478,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02653V03212" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Technology Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J441" totalsRowShown="0">
   <x:autoFilter ref="A1:J441"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02653V03212"/>
     <x:tableColumn id="2" name="Technology Sector"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Region"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1057,51 +894,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA23/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1290,51 +1127,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J441"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="63.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="9.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -15436,51 +15273,51 @@
       <x:c r="G441" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>634873</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15497,51 +15334,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J441" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02653V03212">
       <x:sharedItems count="4">
         <x:s v="V2030"/>
         <x:s v="V2100"/>
         <x:s v="V3300"/>
         <x:s v="V3400"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Technology Sector">
       <x:sharedItems count="4">
         <x:s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
         <x:s v="Manufacturing industries (10 to 33)"/>
         <x:s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
         <x:s v="High technology (21,26,303,325)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="IE1"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
@@ -16030,27 +15867,5308 @@
         <x:n v="2884398"/>
         <x:n v="2010645"/>
         <x:n v="259719"/>
         <x:n v="28"/>
         <x:n v="7777"/>
         <x:n v="4033747"/>
         <x:n v="3038929"/>
         <x:n v="321154"/>
         <x:n v="47"/>
         <x:n v="10807"/>
         <x:n v="19678426"/>
         <x:n v="16243972"/>
         <x:n v="531047"/>
         <x:n v="49"/>
         <x:n v="11364"/>
         <x:n v="23782853"/>
         <x:n v="20579240"/>
         <x:n v="634873"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="104527"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="32916488"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="15528864"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3773172"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="91846"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="27507530"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="13359087"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3188599"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="33101"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="11112757"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6197590"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1090630"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="29075"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="9841894"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5265480"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="896958"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="17012"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6476959"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3720200"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="573984"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="14948"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5577563"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3133863"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="459149"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1626485"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="507577"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="240911"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="6537"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1472624"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="437159"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="199209"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3009313"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1969813"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="275735"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2791707"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1694458"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="238600"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="71426"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="21803730"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="9331273"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2682542"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="62771"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="17665635"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="8093607"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2291642"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="23085"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5295766"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2473440"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="937775"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="19734"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4469027"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2237348"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="793687"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="11432"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2889014"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1256011"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="396294"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="10423"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2401366"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1109794"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="356245"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2378505"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="891662"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="374327"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="8601"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1851336"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="674302"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="311566"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="12697"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3464426"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1169453"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="435835"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="10990"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2617210"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="867948"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="361020"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="14698"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7776019"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3540707"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="538312"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="13023"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6326696"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3204215"/>
+  </r>
+  <r>
+    <s v="V2030"/>
+    <s v="Low and medium-low technology (10 to 19,22 to 25,-254,31 to 32,-325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="469124"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="195797"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="96260217"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="56266323"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7704805"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="173994"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="90636369"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="54984490"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6865259"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="56130"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="16823589"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="9545491"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1933943"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="50916"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="15522762"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="8727103"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1685652"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="22975"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="8165329"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4613157"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="770893"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="20938"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7088965"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3940859"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="668683"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2585648"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="963422"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="371693"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2307235"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="865610"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="308122"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="21493"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6072612"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3968912"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="791358"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="20016"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6126562"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3920634"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="708847"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="139667"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="79436628"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="46720831"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5770861"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="123078"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="75113607"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="46257388"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5179606"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="36722"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="16146808"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="9871856"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1591082"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="31361"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="16538467"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="10798853"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1371580"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="22332"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7903620"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4852502"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="913200"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="20200"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="6468431"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3773121"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="854884"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="23396"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="14909934"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4460371"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="994445"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="19410"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="13131751"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2852074"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="814184"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="25096"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="9075914"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5240457"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="930063"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="22548"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7716657"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4578366"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="826946"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="32121"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="31400352"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="22295645"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1342072"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="29559"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="31258301"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="24254974"/>
+  </r>
+  <r>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1312012"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="31836"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="11659966"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7189545"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1274842"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="26004"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5898333"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3061433"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="996571"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2346632"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1258653"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="288155"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7251"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1938235"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1176812"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="249628"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1037269"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="470583"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="122122"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="772863"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="382079"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="126041"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="307667"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="116948"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="48216"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="169253"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="64182"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="30782"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1001696"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="671122"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="117817"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="996119"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="730551"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="92805"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="23954"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="9313334"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="5930892"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="986688"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="18753"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3960098"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1884621"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="746943"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="800854"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="348026"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="157532"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="591767"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="253312"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="139381"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="973207"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="616464"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="135645"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="521677"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="219332"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="95019"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="4690"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="866276"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="395079"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="186289"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="632203"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="268969"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="159756"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2727091"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2060358"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="234509"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="3781"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1065699"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="671489"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="144772"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3945906"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2510966"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="272713"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1148752"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="471519"/>
+  </r>
+  <r>
+    <s v="V3300"/>
+    <s v="Medium-high technology (20,254,27 to 30,-303,33)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="208016"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="59434"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="51683764"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="33547914"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2656790"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="56144"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="57230506"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="38563970"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2680088"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="15147"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3364200"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2089248"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="555159"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="14590"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3742633"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2284811"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="539067"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="651101"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="422374"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="74787"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="738539"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="424917"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="83493"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="651496"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="338897"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="82566"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="665357"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="364268"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="78131"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="10417"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2061602"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1327977"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="397806"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="9917"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2338737"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1495625"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="377443"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="44287"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="48319564"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="31458666"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2101631"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="41554"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="53487874"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="36279160"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2141021"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="9857"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="10050188"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="7050391"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="495776"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="8359"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="11477673"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="8308192"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="438513"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7701"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4041400"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2980027"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="381261"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3545388"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2443995"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="403620"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="9192"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="11665152"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3173631"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="433829"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="10648213"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="1908803"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="342862"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2884398"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="2010645"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="259719"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="4033747"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="3038929"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="321154"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="19678426"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="16243972"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="531047"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C1"/>
+    <s v="Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C2"/>
+    <s v="Person Engaged in Manufacturing Local Units"/>
+    <s v="Number"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C3"/>
+    <s v="Gross Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="23782853"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C4"/>
+    <s v="Net Output in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="20579240"/>
+  </r>
+  <r>
+    <s v="V3400"/>
+    <s v="High technology (21,26,303,325)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="AIA23C5"/>
+    <s v="Gross Earnings in Manufacturing Local Units"/>
+    <s v="Euro Thousand"/>
+    <n v="634873"/>
+  </r>
+</pivotCacheRecords>
 </file>