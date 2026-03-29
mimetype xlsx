--- v1 (2026-02-06)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2981182110e048dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36e628b762fc453ab92012acfffbbae3.psmdcp" Id="R8cd722b551a24c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51bc6321a3414c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3aa9c095e60446c8ab8f9b59be79967.psmdcp" Id="R2a009d6cf57e4b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>