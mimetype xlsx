--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf237e730088f4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7e95107a984449f80135c49bd1e6e67.psmdcp" Id="R5b72471dc85649ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8701a65d223b4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61262237dddb49229673e99b477b694c.psmdcp" Id="R01f0e56c51274203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AIA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Enterprises</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>[url= &lt;a href="https://www.cso.ie/en/surveysandmethodology/industry/censusofindustrialproduction/" target="_blank"&gt;https://www.cso.ie/en/surveysandmethodol ... duction/&lt;/a&gt;] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CIPEI</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprises - Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -643,523 +643,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02177V02624" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Turnover per Enterprise" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H329" totalsRowShown="0">
   <x:autoFilter ref="A1:H329"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02177V02624"/>
     <x:tableColumn id="2" name="Turnover per Enterprise"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1428,51 +1103,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1661,51 +1336,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H329"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="71.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -10247,51 +9922,51 @@
       <x:c r="E329" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>34316983</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10308,51 +9983,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H329" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02177V02624">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Turnover per Enterprise">
       <x:sharedItems count="8">
         <x:s v="Total Turnover"/>
         <x:s v="Under 500"/>
         <x:s v="500 and under 750"/>
         <x:s v="750 and under 1,500"/>
         <x:s v="1,500 and under 5,000"/>
         <x:s v="5,000 and under 15,000"/>
         <x:s v="15,000 and under 50,000"/>
         <x:s v="50,000 and over"/>
       </x:sharedItems>
@@ -10776,27 +10451,3308 @@
         <x:n v="80891384"/>
         <x:n v="5172772"/>
         <x:n v="2159210"/>
         <x:n v="131029"/>
         <x:n v="7463012"/>
         <x:n v="666701"/>
         <x:n v="-38915"/>
         <x:n v="13782"/>
         <x:n v="641568"/>
         <x:n v="1267545"/>
         <x:n v="1818571"/>
         <x:n v="1071101"/>
         <x:n v="943136"/>
         <x:n v="3832809"/>
         <x:n v="129555"/>
         <x:n v="109070753"/>
         <x:n v="74753769"/>
         <x:n v="34316983"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="116552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="37652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="49742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="31997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="235943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="238584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="9354180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="1935296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="11289475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="121132893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="2683130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="8774988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="835676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="133426687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="98422226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="748909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="45660275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="7226909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="7598768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="33138421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="93624368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="6129327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="3290313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="255763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="9675403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="742338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="63657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="23821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="829816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="1390258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="2343054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="1230685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="1069465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="4643203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="197441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="127714846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="86333807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total Turnover"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="41381038"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="116743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="12452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="129195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="339722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="19038"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="367285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="30873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="137792"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="15252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="36266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="200350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="16996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="43918"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="9219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="13256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="354010"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="184655"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Under 500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="169355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="111854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="13443"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="125297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="386815"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="25514"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="12686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="426112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="47735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="157504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="17846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="13723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="41974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="231042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="19959"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="25528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="3498"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="48985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="-117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="8628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="12748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="410261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="211966"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="500 and under 750"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="198295"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="10064"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="276301"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="35425"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="311726"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="1027888"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="45018"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="44842"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1121725"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="170761"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="427752"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="48724"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="34590"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="112209"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="623275"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="52975"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="66185"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="126635"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="9346"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="22201"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="5766"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="31906"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="5991"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="1078625"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="571314"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="750 and under 1,500"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="507311"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="14467"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="24945"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="750639"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="113948"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="864588"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="3112222"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="157522"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="171840"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="18405"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="3459990"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="686888"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1503607"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="143301"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="103202"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="374983"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="2125093"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="163198"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="204603"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="23557"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="391359"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="11574"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="11295"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="-2040"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="20829"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="30032"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="91357"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="28192"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="18171"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="137720"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="17765"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="3333851"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="1970497"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="1,500 and under 5,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="1363354"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="5567"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="32833"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="32984"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="1089055"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="184595"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1273650"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="5005855"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="158036"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="332190"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="25162"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="5521242"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="1716636"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="12491"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2618713"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="255509"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="171407"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="612285"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="3657914"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="302651"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="312148"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="33524"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="648322"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="32866"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="32004"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="71406"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="38358"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="165440"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="66397"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="41993"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="273830"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="21993"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="5317626"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="3370401"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="5,000 and under 15,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="1947226"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="21247"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="7491"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="40239"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="40266"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="1421811"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="261763"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1683575"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="7600559"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="298147"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="737579"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="46601"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="8682886"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="3661466"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="4196195"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="569747"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="238237"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="891131"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="5895311"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="400776"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="498286"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="54111"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="953172"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="24876"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="54358"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="84828"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="39747"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="227637"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="54417"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="58880"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="340934"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="17048"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="8149720"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="5271205"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="15,000 and under 50,000"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="2878515"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="51124"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="18740"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="30479"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="18954"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="119297"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="119303"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="5587776"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="1313669"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="6901445"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="103659831"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="1979855"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="7467892"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="739868"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="113847447"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="92107866"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="719353"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="36618712"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="6176529"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="7026570"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="31069573"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="80891384"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="5172772"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="2159210"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="131029"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="7463012"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="666701"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="-38915"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="13782"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="641568"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="1267545"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="1818571"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="1071101"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="943136"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="3832809"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="129555"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="109070753"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="74753769"/>
+  </r>
+  <r>
+    <s v="7"/>
+    <s v="50,000 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA16C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="34316983"/>
+  </r>
+</pivotCacheRecords>
 </file>