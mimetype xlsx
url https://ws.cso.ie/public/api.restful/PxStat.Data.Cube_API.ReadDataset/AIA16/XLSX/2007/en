--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8701a65d223b4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61262237dddb49229673e99b477b694c.psmdcp" Id="R01f0e56c51274203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3538e3a63cfe46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f15068886ed3445497fdcde5a1ff7bae.psmdcp" Id="R5619491265f2417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>