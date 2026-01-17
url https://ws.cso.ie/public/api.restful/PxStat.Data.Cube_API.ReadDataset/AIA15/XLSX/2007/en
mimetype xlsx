--- v0 (2025-11-13)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80fd5537e3ee447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/502ea84d5ad5477b8590d77c8b96de7b.psmdcp" Id="R78891eb78146429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47543fc115d946a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b57b6895869f4b75a998fd5e5792fe82.psmdcp" Id="R7b5f9eb84d634415" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AIA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Enterprises</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>[url= &lt;a href="https://www.cso.ie/en/surveysandmethodology/industry/censusofindustrialproduction/" target="_blank"&gt;https://www.cso.ie/en/surveysandmethodol ... duction/&lt;/a&gt;] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CIPEI</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprises - Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -649,531 +649,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...479 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C01226V02623" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons Engaged" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H370" totalsRowShown="0">
   <x:autoFilter ref="A1:H370"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C01226V02623"/>
     <x:tableColumn id="2" name="Persons Engaged"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1442,51 +1111,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1675,51 +1344,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H370"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="71.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -11327,51 +10996,51 @@
       <x:c r="E370" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>21679922</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11388,51 +11057,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H370" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C01226V02623">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="19"/>
         <x:s v="21"/>
         <x:s v="27"/>
         <x:s v="30"/>
         <x:s v="36"/>
         <x:s v="40"/>
         <x:s v="43"/>
         <x:s v="45"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Persons Engaged">
       <x:sharedItems count="9">
         <x:s v="All persons engaged"/>
         <x:s v="Under 10"/>
         <x:s v="10 - 19"/>
         <x:s v="20 - 49"/>
         <x:s v="50 - 99"/>
         <x:s v="100 - 199"/>
         <x:s v="200 - 249"/>
         <x:s v="250 - 499"/>
@@ -11895,27 +11564,3718 @@
         <x:n v="51547873"/>
         <x:n v="3215287"/>
         <x:n v="1050127"/>
         <x:n v="17104"/>
         <x:n v="4282518"/>
         <x:n v="389874"/>
         <x:n v="101438"/>
         <x:n v="4403"/>
         <x:n v="495715"/>
         <x:n v="532853"/>
         <x:n v="1142330"/>
         <x:n v="663158"/>
         <x:n v="699523"/>
         <x:n v="2505012"/>
         <x:n v="62246"/>
         <x:n v="71044584"/>
         <x:n v="49364661"/>
         <x:n v="21679922"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="116552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="37652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="49742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="31997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="235943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="238584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="9354180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="1935296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="11289475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="121132893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="2683130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="8774988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="835676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="133426687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="98422226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="748909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="45660275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="7226909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="7598768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="33138421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="93624368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="6129327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="3290313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="255763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="9675403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="742338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="63657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="23821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="829816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="1390258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="2343054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="1230685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="1069465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="4643203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="197441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="127714846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="86333807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All persons engaged"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="41381038"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="7319"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="13148"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="356899"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="47544"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="404443"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="2344350"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="78948"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="100094"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="13517"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="2536909"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="468898"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1065253"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="111425"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="106862"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="267517"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1551057"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="96211"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="116894"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="13926"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="227031"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="28054"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="34695"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="11176"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="51397"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="10842"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="2437405"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="1437366"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Under 10"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="1000039"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="8041"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="13918"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="409589"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="53937"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="463526"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="2105944"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="72271"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="162188"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="2349360"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="551399"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1069410"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="143813"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="62437"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="242560"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1518215"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="134308"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="138755"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="16507"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="289570"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="16511"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="23543"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="19060"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="54859"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="16240"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="84458"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="9307"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="2228231"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="1368902"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="10 - 19"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="859329"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="16753"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="29582"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="29953"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="946140"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="159900"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1106040"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="5110182"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="149463"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="1006892"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="49676"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="6316213"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="1604676"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="10323"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2854383"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="752613"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="307725"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="652887"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="4567608"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="317972"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="31692"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="606154"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="31385"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="35170"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="68366"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="40467"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="152916"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="46886"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="30360"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="230162"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="19279"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="5607120"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="3779826"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="20 - 49"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="1827295"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="15198"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="26173"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="26254"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="930828"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="172270"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1103098"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="6804745"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="152130"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="717564"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="99346"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="7773785"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="3733960"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="4009306"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="539890"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="176896"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="657579"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="5383670"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="471404"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="523984"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="61406"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1056795"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="114951"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="143652"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="10736"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="269339"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="45724"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="152703"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="53385"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="58205"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="264293"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="20364"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="7368343"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="4700128"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="50 - 99"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="2668215"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="17780"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="32161"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="32173"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="1174337"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="230916"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1405254"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="12175890"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="447651"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="743631"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="30747"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="13397919"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="7047903"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="6519276"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="620091"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="790910"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="1587885"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="9518161"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="417869"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="444150"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="67942"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="929961"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="39408"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="-850"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="45911"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="490622"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="205339"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="88017"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="43705"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="337061"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="16117"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="12799037"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="8858663"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="100 - 199"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="3940374"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="10169"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="10169"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="387967"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="77914"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="465881"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="6068755"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="23296"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="121751"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="292264"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="6506065"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="5214996"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2337756"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="88870"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="354326"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="1380170"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="4161122"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="457396"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="176676"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="6464"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="640536"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="135019"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="-217026"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="-81560"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="10596"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="109592"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="161035"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="26197"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="296824"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="6552731"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="4289277"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="200 - 249"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="2263453"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="17028"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="36388"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="36388"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="1470529"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="331945"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1802474"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="19007416"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="239840"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="3158268"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="96068"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="22501592"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="17920776"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="18024"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="6063942"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="2888433"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="1205796"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="5218490"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="15376660"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="1080362"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="521753"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="40722"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="1642838"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="41040"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="-46756"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="-544"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="222881"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="490619"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="190788"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="192588"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="873995"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="57602"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="19677395"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="12534984"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="250 - 499"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="7142411"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C01"/>
+    <s v="Industrial Enterprises"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C02"/>
+    <s v="Persons engaged - Proprietors and family workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C03"/>
+    <s v="Persons engaged - Industrial workers - Male"/>
+    <s v="Number"/>
+    <n v="28764"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C04"/>
+    <s v="Persons engaged - Industrial workers - Female"/>
+    <s v="Number"/>
+    <n v="13929"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C05"/>
+    <s v="Persons engaged - Other employees - Male"/>
+    <s v="Number"/>
+    <n v="20678"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C06"/>
+    <s v="Persons engaged - Other employees - Female"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C07"/>
+    <s v="Persons engaged - Industrial workers and Other employees"/>
+    <s v="Number"/>
+    <n v="76005"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C08"/>
+    <s v="Persons engaged - Total"/>
+    <s v="Number"/>
+    <n v="76005"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C09"/>
+    <s v="Persons engaged - Outside piece-workers"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C10"/>
+    <s v="Labour costs - Wages and salaries"/>
+    <s v="Euro Thousand"/>
+    <n v="3677890"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C11"/>
+    <s v="Labour costs - Other"/>
+    <s v="Euro Thousand"/>
+    <n v="860870"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C12"/>
+    <s v="Labour costs - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="4538760"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C13"/>
+    <s v="Turnover - Goods produced by the enterprise"/>
+    <s v="Euro Thousand"/>
+    <n v="67515611"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C14"/>
+    <s v="Turnover - Industrial services provided to others"/>
+    <s v="Euro Thousand"/>
+    <n v="1519530"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C15"/>
+    <s v="Turnover - Goods resold without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="2764600"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C16"/>
+    <s v="Turnover - Other items of turnover"/>
+    <s v="Euro Thousand"/>
+    <n v="245103"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C17"/>
+    <s v="Turnover - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="72044844"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C18"/>
+    <s v="Turnover - Of which exports"/>
+    <s v="Euro Thousand"/>
+    <n v="61879618"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C19"/>
+    <s v="Capital assets manufactured by enterpise for own use"/>
+    <s v="Euro Thousand"/>
+    <n v="687237"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C20"/>
+    <s v="Purchases - Materials and fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="21740950"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C21"/>
+    <s v="Purchases - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="2081774"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C22"/>
+    <s v="Purchases - Industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="4593816"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C23"/>
+    <s v="Purchases - Non-industrial services"/>
+    <s v="Euro Thousand"/>
+    <n v="23131333"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C24"/>
+    <s v="Purchases - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="51547873"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C25"/>
+    <s v="Stocks at end of year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="3215287"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C26"/>
+    <s v="Stocks at end of year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="1050127"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C27"/>
+    <s v="Stocks at end of year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C28"/>
+    <s v="Stocks at end of year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="4282518"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C29"/>
+    <s v="Increase in stocks during the year - Finished goods and work in progress"/>
+    <s v="Euro Thousand"/>
+    <n v="389874"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C30"/>
+    <s v="Increase in stocks during the year - Materials and fuels"/>
+    <s v="Euro Thousand"/>
+    <n v="101438"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C31"/>
+    <s v="Increase in stocks during the year - Goods for resale without further processing"/>
+    <s v="Euro Thousand"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C32"/>
+    <s v="Increase in stocks during the year - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="495715"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C33"/>
+    <s v="Excise duty and other indirect taxes"/>
+    <s v="Euro Thousand"/>
+    <n v="532853"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C34"/>
+    <s v="Additions to capital assets - Plant, machinery, equipment and vehicles"/>
+    <s v="Euro Thousand"/>
+    <n v="1142330"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C35"/>
+    <s v="Additions to capital assets - Buildings and other construction work"/>
+    <s v="Euro Thousand"/>
+    <n v="663158"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C36"/>
+    <s v="Additions to capital assets - Other (including land)"/>
+    <s v="Euro Thousand"/>
+    <n v="699523"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C37"/>
+    <s v="Additions to capital assets - Total"/>
+    <s v="Euro Thousand"/>
+    <n v="2505012"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C38"/>
+    <s v="Sales of capital assets"/>
+    <s v="Euro Thousand"/>
+    <n v="62246"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C39"/>
+    <s v="Derived variables - Production value"/>
+    <s v="Euro Thousand"/>
+    <n v="71044584"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C40"/>
+    <s v="Derived variables - Intermediate consumption"/>
+    <s v="Euro Thousand"/>
+    <n v="49364661"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="500 and over"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA15C41"/>
+    <s v="Derived variables - Gross value added"/>
+    <s v="Euro Thousand"/>
+    <n v="21679922"/>
+  </r>
+</pivotCacheRecords>
 </file>