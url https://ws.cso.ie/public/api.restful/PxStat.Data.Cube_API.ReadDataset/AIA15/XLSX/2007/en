--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47543fc115d946a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b57b6895869f4b75a998fd5e5792fe82.psmdcp" Id="R7b5f9eb84d634415" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13699a43d62409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cfc734670c94a2d932ef16c8c70f5e4.psmdcp" Id="R8531c4fee6834066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>