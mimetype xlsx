--- v0 (2025-11-09)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ad156e4a6d411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/792526cf27934fe38af58c6fbb5485a4.psmdcp" Id="R3092295a15264ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b73b029d9104d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77c0be34365646a9a39cdb48d546ae37.psmdcp" Id="R0890777248564a1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AIA09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing Local Units which Export</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/3/2021 11:00:00 AM</x:t>
+    <x:t>03/03/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Engaged excludes outside piece workersCaution should be exercised when using the export results for the food manufacturing industries because of the varying interpretation by respondents of the sales to EU intervention and to the Irish Dairy Board in the context of exports.[url= &lt;a href="https://www.cso.ie/en/surveysandmethodology/industry/censusofindustrialproduction/" target="_blank"&gt;https://www.cso.ie/en/surveysandmethodol ... duction/&lt;/a&gt;] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CIPLUM</x:t>
   </x:si>
   <x:si>
     <x:t>Local Units - Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -526,435 +526,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02616V03174" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H241" totalsRowShown="0">
   <x:autoFilter ref="A1:H241"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02616V03174"/>
     <x:tableColumn id="2" name="Broad Industrial Sector"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1223,51 +964,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AIA09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1456,51 +1197,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -7754,51 +7495,51 @@
       <x:c r="E241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>12717214</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7815,51 +7556,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02616V03174">
       <x:sharedItems count="30">
         <x:s v="15"/>
         <x:s v="151"/>
         <x:s v="152"/>
         <x:s v="155"/>
         <x:s v="158"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="20"/>
         <x:s v="21"/>
         <x:s v="22"/>
         <x:s v="24"/>
         <x:s v="25"/>
         <x:s v="26"/>
         <x:s v="27"/>
         <x:s v="28"/>
         <x:s v="29"/>
         <x:s v="30"/>
         <x:s v="31"/>
         <x:s v="801055"/>
         <x:s v="80106"/>
         <x:s v="80115"/>
@@ -8175,27 +7916,2428 @@
         <x:n v="17844321"/>
         <x:n v="6959299"/>
         <x:n v="3756887"/>
         <x:n v="4650"/>
         <x:n v="1597126"/>
         <x:n v="1089215"/>
         <x:n v="187775"/>
         <x:n v="589930"/>
         <x:n v="104663"/>
         <x:n v="206847"/>
         <x:n v="2756"/>
         <x:n v="176776"/>
         <x:n v="108429328"/>
         <x:n v="93461897"/>
         <x:n v="15968897"/>
         <x:n v="49111903"/>
         <x:n v="15663884"/>
         <x:n v="12717214"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="36381"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="18464464"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="12885245"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="3567882"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="4967772"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="1938214"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="15"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="2411377"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="13695"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="3887128"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="2190090"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="1164202"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="988624"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="151"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="33510"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="310601"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="239167"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="33338"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="151679"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="18267"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="152"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="35884"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="2568112"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="1370149"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="486216"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="463283"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="123146"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="297505"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="8656474"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="8059570"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="1356982"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="3109497"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="1659980"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="158"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1933111"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="255460"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="179400"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="56131"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="92176"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="12007"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="17"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="19086"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="76630"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="42141"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="23372"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="861338"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="404058"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="303185"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="88746"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="6873"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="20"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="344833"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="87738"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="72922"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="12119"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="21"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="9141"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="15716595"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="14786363"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="2955926"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="10330990"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="57131"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1442316"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="23069"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="32442639"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="31521829"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="2059882"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="18434251"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="7063962"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="24"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="3963734"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="7245"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="1215572"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="608056"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="244244"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="323915"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="22360"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="25"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="17537"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="1486111"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="330920"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="195204"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="46591"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="77306"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="26"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="11819"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="598965"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="349287"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="136394"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="145832"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="27"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="65052"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="7217"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="1194178"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="522574"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="270672"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="206420"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="19501"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="28"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="25981"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="10604"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="2216556"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="1729840"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="299049"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="863335"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="232689"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="29"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="334766"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="12423"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="16680604"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="15538562"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="4494551"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="8813508"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="545156"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="30"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1685347"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="2746752"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="2544235"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="251803"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="900011"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="433511"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="31"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="958910"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="7501"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="3041428"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="1339355"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="390756"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="355008"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="220050"/>
+  </r>
+  <r>
+    <s v="801055"/>
+    <s v="16,19,232,36,37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="373541"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="332090"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="221541"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="79503"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="107823"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="13772"/>
+  </r>
+  <r>
+    <s v="80106"/>
+    <s v="17,18"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="20442"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="16061428"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="14874101"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="3028848"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="10343109"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="58300"/>
+  </r>
+  <r>
+    <s v="80115"/>
+    <s v="21,22"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1443844"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="32154"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="9875384"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="9576362"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="461156"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="2862937"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="4922088"/>
+  </r>
+  <r>
+    <s v="80120"/>
+    <s v="32,33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="1330180"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="51216"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="29302740"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="27659158"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="5207511"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="12576456"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="5900756"/>
+  </r>
+  <r>
+    <s v="80130"/>
+    <s v="30-33"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="3974436"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="6981"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="1211819"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="1015933"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="185766"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="652643"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="108093"/>
+  </r>
+  <r>
+    <s v="80132"/>
+    <s v="34,35"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="69430"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="19888"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="6907809"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="3855887"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="1739028"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="1604097"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="145285"/>
+  </r>
+  <r>
+    <s v="80193"/>
+    <s v="151-155"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="367476"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="141967"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="56480"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="55272"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="80197"/>
+    <s v="153,154"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="6457"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="2900181"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="969788"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="471872"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="254178"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="132948"/>
+  </r>
+  <r>
+    <s v="802005"/>
+    <s v="156,157,159"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="110790"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="18419"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="30845513"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="30432614"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="1872107"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="17844321"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="6959299"/>
+  </r>
+  <r>
+    <s v="802285"/>
+    <s v="241-244"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="3756887"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="1597126"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="1089215"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="187775"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="589930"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="104663"/>
+  </r>
+  <r>
+    <s v="80235"/>
+    <s v="245-247"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="206847"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C1"/>
+    <s v="Manufacturing Local Units which Export"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C2"/>
+    <s v="Persons Engaged"/>
+    <s v="Number"/>
+    <n v="176776"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C3"/>
+    <s v="Gross Output"/>
+    <s v="Euro Thousand"/>
+    <n v="108429328"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C4"/>
+    <s v="Gross Output Exported"/>
+    <s v="Euro Thousand"/>
+    <n v="93461897"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C5"/>
+    <s v="Distribution of Output Exported - UK"/>
+    <s v="%"/>
+    <n v="15968897"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C6"/>
+    <s v="Distribution of Output Exported - Other EU"/>
+    <s v="%"/>
+    <n v="49111903"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C7"/>
+    <s v="Distribution of Output Exported - USA"/>
+    <s v="%"/>
+    <n v="15663884"/>
+  </r>
+  <r>
+    <s v="81004"/>
+    <s v="15-37"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="AIA09C8"/>
+    <s v="Distribution of Output Exported - Elsewhere"/>
+    <s v="%"/>
+    <n v="12717214"/>
+  </r>
+</pivotCacheRecords>
 </file>