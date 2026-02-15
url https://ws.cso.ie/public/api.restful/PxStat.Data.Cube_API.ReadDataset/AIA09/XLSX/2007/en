--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b73b029d9104d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77c0be34365646a9a39cdb48d546ae37.psmdcp" Id="R0890777248564a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87d4ad66cab4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b501eb3b0214b53a4f217011aa02926.psmdcp" Id="R5ffc719b81714141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>