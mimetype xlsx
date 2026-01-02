--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e418a9885dc4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4ffba4dff584d6992ed6876d8d62681.psmdcp" Id="R6f74ee42363b4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6796a9a85b2f49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/723f6bfedb97443997157e99d10a25fc.psmdcp" Id="Rccd3f2a8b05e4360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AHA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Input and Output Price Indices (Base 2015=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/15/2024 11:00:00 AM</x:t>
+    <x:t>15/04/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AHA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>API</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Input and Output Price Indices</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sam Scriven</x:t>
   </x:si>
@@ -619,539 +619,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...487 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02818V03389" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="Agricultural Product" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H411" totalsRowShown="0">
   <x:autoFilter ref="A1:H411"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02818V03389"/>
     <x:tableColumn id="6" name="Agricultural Product"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1420,51 +1083,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AHA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1651,51 +1314,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H411"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12369,51 +12032,51 @@
       <x:c r="E411" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>117.15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12430,51 +12093,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H411" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AHA04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Agricultural Input and Output Price Indices"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="10">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
@@ -12931,27 +12594,4128 @@
         <x:n v="156.42"/>
         <x:n v="160.79"/>
         <x:n v="154.28"/>
         <x:n v="185.08"/>
         <x:n v="153.51"/>
         <x:n v="149.76"/>
         <x:n v="137.18"/>
         <x:n v="120.36"/>
         <x:n v="158.02"/>
         <x:n v="158.11"/>
         <x:n v="158.01"/>
         <x:n v="154.67"/>
         <x:n v="156.65"/>
         <x:n v="170.41"/>
         <x:n v="150.29"/>
         <x:n v="156.19"/>
         <x:n v="116.15"/>
         <x:n v="117.15"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="106.84"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="99.96"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="105.82"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="99.45"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="87.48"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="107.75"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="94.54"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="90.37"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="90.45"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="76.31"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="109.41"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="98.83"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="127.67"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="128.62"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="101.84"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="81.48"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="104.24"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="112.74"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="117.38"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="99.27"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="99.35"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="99.47"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="99.45"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100.74"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="99.42"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="96.67"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="100.04"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="99.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="107.75"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="107.71"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="107.75"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="104.37"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="105.76"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="108.75"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="113.83"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="105.61"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="100.19"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="95.55"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="95.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="106.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="101.35"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="101.46"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="93.68"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="95.37"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="93.02"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="93.03"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="90.48"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="99.92"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="99.48"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="91.13"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="91.05"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="97.56"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="69.67"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="97.85"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="98.46"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="91.94"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="96.47"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="90.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="100.76"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="86.19"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="82.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="87.62"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="94.67"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="87.44"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="102.28"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="101.94"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100.01"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="97.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="101.59"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="100.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="97.33"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="102.29"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="101.65"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="100.68"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="104.38"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="106.46"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="104.13"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="101.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="100.94"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="117.25"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="106.76"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="97.78"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="94.74"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="94.77"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="87.94"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="110.35"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="99.65"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="99.21"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="120.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="121.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="97.52"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="44.83"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="98.22"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="98.54"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="97.81"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="95.53"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="98.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="81.47"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="77.93"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="82.21"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="87.73"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="82.07"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="102.62"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="103.09"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="102.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100.56"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100.51"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="100.56"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="99.77"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="99.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="100.69"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="103.89"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="101.88"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="101.14"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="105.33"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="104.42"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="119.57"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="123.92"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="106.88"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="140.44"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="102.44"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="95.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="93.36"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="93.46"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="76.17"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="96.48"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="105.06"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="113.54"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="114.29"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="98.85"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="42.81"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="102.74"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="98.16"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.54"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="102.23"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="108.02"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="86.36"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="84.09"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="86.66"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="88.58"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="86.61"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="102.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="103.93"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="105.29"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="107.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="106.92"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="107.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="105.73"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="110.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="106.63"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="107.02"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="103.41"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="104.36"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="131.69"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="133.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="108.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="185.56"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="99.58"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="93.65"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="88.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="88.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="63.45"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="114.29"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="99.02"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="100.18"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="108.52"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="109.13"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="98.95"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="35.41"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="105.04"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="106.77"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.53"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="105.51"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="105.77"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="90.85"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="88.63"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="91.24"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="93.76"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="91.18"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="105.24"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="103.83"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="107.51"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="110.35"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="115.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="110.05"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="108.49"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="117.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="107.52"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="108.48"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="104.09"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="104.71"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="103.97"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="114.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="111.63"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="105.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="139.96"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="102.64"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="98.29"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="92.59"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="92.71"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="70.35"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="118.2"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="109.44"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="100.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="109.19"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="109.92"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="99.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="12.85"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="102.19"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="98.05"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="105.84"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="95.23"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="104.91"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="81.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="77.22"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="82.17"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="90.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="81.98"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="105.71"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="104.07"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="109.03"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="108.31"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="111.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="108.17"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="108.82"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="106.85"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="114.96"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="105.09"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="106.33"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="105.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="116.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="131.67"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="107.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="145.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="115.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="107.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="104.66"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="104.77"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="84.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="106.89"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="133.17"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="102.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="127.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="128.31"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="103.44"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="13.49"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="111.92"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="112.91"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="118.97"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="111.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="109.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="101.76"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="102.07"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="101.14"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="104.12"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="101.07"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="108.57"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="104.94"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="110.33"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="119.49"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="128.16"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="119.05"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="119.75"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="119.74"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="125.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="110.93"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="117.89"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="107.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="108.51"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="148.46"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="151.84"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="185.1"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="117.17"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="158.73"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="148.02"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="123.57"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="122.63"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="122.93"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="70.13"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="123.56"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="115.24"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="184.89"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="187.43"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="123.54"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="13.49"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="151.25"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="123.26"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="160.64"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="168.62"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="160.32"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="113.69"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="226.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="257.77"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="215.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="212.97"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="215.17"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="125.95"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="126.03"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="113.41"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="154.71"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="174.05"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="153.72"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="156.13"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="163.88"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="136.25"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="153.61"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="111.46"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="115.16"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Agricultural output price index"/>
+    <s v="Base 2015=100"/>
+    <n v="136.31"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Crop output"/>
+    <s v="Base 2015=100"/>
+    <n v="166.7"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0111"/>
+    <s v="Cereals including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="197.85"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01121"/>
+    <s v="Fruit and Vegetables"/>
+    <s v="Base 2015=100"/>
+    <n v="127.74"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0113"/>
+    <s v="Potatoes including seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="189.06"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Animal output"/>
+    <s v="Base 2015=100"/>
+    <n v="132.33"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0121"/>
+    <s v="Animals"/>
+    <s v="Base 2015=100"/>
+    <n v="130.16"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01211"/>
+    <s v="Cattle"/>
+    <s v="Base 2015=100"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012111"/>
+    <s v="Cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="127.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012112"/>
+    <s v="Calves"/>
+    <s v="Base 2015=100"/>
+    <n v="71.28"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01212"/>
+    <s v="Pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="147.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01213"/>
+    <s v="Sheep"/>
+    <s v="Base 2015=100"/>
+    <n v="134.86"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01214"/>
+    <s v="Poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="117.89"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0122"/>
+    <s v="Animal products"/>
+    <s v="Base 2015=100"/>
+    <n v="135.59"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01221"/>
+    <s v="Milk"/>
+    <s v="Base 2015=100"/>
+    <n v="135.96"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01222"/>
+    <s v="Eggs"/>
+    <s v="Base 2015=100"/>
+    <n v="142.18"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012231"/>
+    <s v="Wool"/>
+    <s v="Base 2015=100"/>
+    <n v="13.64"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Agricultural input price index"/>
+    <s v="Base 2015=100"/>
+    <n v="142.99"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="021"/>
+    <s v="Seeds"/>
+    <s v="Base 2015=100"/>
+    <n v="131.87"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="022"/>
+    <s v="Energy"/>
+    <s v="Base 2015=100"/>
+    <n v="155.01"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0221"/>
+    <s v="Electricity"/>
+    <s v="Base 2015=100"/>
+    <n v="209.93"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0222"/>
+    <s v="Motor fuel"/>
+    <s v="Base 2015=100"/>
+    <n v="139.59"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0223"/>
+    <s v="Lubricants"/>
+    <s v="Base 2015=100"/>
+    <n v="110.19"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="023"/>
+    <s v="Fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="156.42"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0231"/>
+    <s v="Straight fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="160.79"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0232"/>
+    <s v="Compound fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="154.28"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02321"/>
+    <s v="PK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="185.08"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02322"/>
+    <s v="NPK fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="153.51"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0233"/>
+    <s v="Other fertilisers"/>
+    <s v="Base 2015=100"/>
+    <n v="149.76"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="024"/>
+    <s v="Plant protection products"/>
+    <s v="Base 2015=100"/>
+    <n v="137.18"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="025"/>
+    <s v="Veterinary expenses"/>
+    <s v="Base 2015=100"/>
+    <n v="120.36"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="026"/>
+    <s v="Feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="158.02"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0261"/>
+    <s v="Straight feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="158.11"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0262"/>
+    <s v="Compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="158.01"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02621"/>
+    <s v="Compound feeding stuffs for calves"/>
+    <s v="Base 2015=100"/>
+    <n v="154.67"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02622"/>
+    <s v="Compound feeding stuffs for cattle excluding calves"/>
+    <s v="Base 2015=100"/>
+    <n v="156.65"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02623"/>
+    <s v="Compound feeding stuffs for pigs"/>
+    <s v="Base 2015=100"/>
+    <n v="170.41"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02624"/>
+    <s v="Compound feeding stuffs for poultry"/>
+    <s v="Base 2015=100"/>
+    <n v="150.29"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02625"/>
+    <s v="Other compound feeding stuffs"/>
+    <s v="Base 2015=100"/>
+    <n v="156.19"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="030"/>
+    <s v="Maintenance of materials and buildings"/>
+    <s v="Base 2015=100"/>
+    <n v="116.15"/>
+  </r>
+  <r>
+    <s v="AHA04"/>
+    <s v="Agricultural Input and Output Price Indices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="029"/>
+    <s v="Other goods and services"/>
+    <s v="Base 2015=100"/>
+    <n v="117.15"/>
+  </r>
+</pivotCacheRecords>
 </file>