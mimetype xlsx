--- v1 (2026-01-02)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6796a9a85b2f49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/723f6bfedb97443997157e99d10a25fc.psmdcp" Id="Rccd3f2a8b05e4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec746b9e2fb74f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3a64993c70148d8a1f89bfc496b5ff3.psmdcp" Id="R1b6f6a628a0548f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>