--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85670c8590904b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6b1460d76a64005be0980c249d969b9.psmdcp" Id="R49284613190d4686" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R368fdb77dffb4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/197f1ed085234103b2476e9ef4b02cfd.psmdcp" Id="Rda1ecea0845847c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AFMA1</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>External Trade of Fish</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2020 11:00:00 AM</x:t>
+    <x:t>30/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AFMA1/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFT</x:t>
   </x:si>
   <x:si>
     <x:t>External Trade in Fishing Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Linh Nolan</x:t>
   </x:si>
@@ -454,347 +454,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="AFMADEG" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Degree of Processing" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="AFMAPRO" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Product" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="EXPIMP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Flow" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="AFMADEG"/>
     <x:tableColumn id="2" name="Degree of Processing"/>
     <x:tableColumn id="3" name="AFMAPRO"/>
     <x:tableColumn id="4" name="Type of Product"/>
     <x:tableColumn id="5" name="EXPIMP"/>
     <x:tableColumn id="6" name="Flow"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1067,51 +886,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AFMA1/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1298,51 +1117,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.424911" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="29.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="14.567768" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31468,51 +31287,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31529,51 +31348,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="AFMADEG">
       <x:sharedItems count="6">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Degree of Processing">
       <x:sharedItems count="6">
         <x:s v="Total"/>
         <x:s v="Live, Fresh, Chilled"/>
         <x:s v="Frozen"/>
         <x:s v="Dried, Salted, in Brine, Smoked"/>
         <x:s v="Prepared, Preserved"/>
         <x:s v="Meal, Oil, Fats, Waste"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="AFMAPRO">
       <x:sharedItems count="3">
         <x:s v="01"/>
@@ -32327,27 +32146,11116 @@
         <x:n v="19842"/>
         <x:n v="33921"/>
         <x:n v="21944"/>
         <x:n v="22314"/>
         <x:n v="16652"/>
         <x:n v="32042"/>
         <x:n v="23204"/>
         <x:n v="44514"/>
         <x:n v="31469"/>
         <x:n v="36934"/>
         <x:n v="29442"/>
         <x:n v="32588"/>
         <x:n v="24401"/>
         <x:n v="40738"/>
         <x:n v="18017"/>
         <x:n v="30461"/>
         <x:n v="11303"/>
         <x:n v="0"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="199262"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="159969"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="246407"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="185989"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="227475"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="209398"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="190818"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="177702"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="186569"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="180278"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="153864"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="174017"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="162131"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="201074"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="243026"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="278074"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="241394"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="263877"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="198203"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="222281"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="201065"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="222268"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="60102"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="47402"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="59232"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="52402"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="47568"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="58534"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="52148"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="62604"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="42855"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="62874"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="47840"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="72067"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="61166"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="85894"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="103470"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="119130"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="85710"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="98164"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="58050"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="68029"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="45734"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="57864"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="30413"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="25899"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="27851"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="22547"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="39601"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="35026"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="32674"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="32179"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="34219"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="34715"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="26483"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="27847"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="25189"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="30064"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="33360"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="50907"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="28031"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="42085"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="19341"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29992"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="22197"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="33566"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9986"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4645"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12341"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12057"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12269"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="15962"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="20907"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5902"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="23649"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7758"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="34258"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="17905"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="56760"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="22830"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="68826"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="25960"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="75301"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="26535"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="80522"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="27360"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="89338"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="28055"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="104176"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="29577"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="102014"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="37986"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="118045"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="38695"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="121856"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="42998"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="131780"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="41319"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="135404"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10171"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12365"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17784"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="25964"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29936"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29785"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="30369"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="24728"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21888"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7432"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="24784"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="68399"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="85328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="54573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="74915"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="48203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="72544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="72544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="52448"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="84635"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="36762"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="83580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="39633"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="90605"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="63993"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="118265"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="58482"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="109696"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="60154"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="101884"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="42322"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="92876"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="8272"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12352"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7325"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="13370"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14470"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="15837"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="25296"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11227"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="8010"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7921"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="28662"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="10788"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="32099"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="11754"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="36122"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="13614"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="38667"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="13154"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="40706"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="12409"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="39248"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="14581"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="38888"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="20807"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="51845"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="45906"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="23398"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="48172"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="19269"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="42166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9115"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14748"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10069"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Live, Fresh, Chilled"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="106664"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="51407"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="160450"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="80925"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="145439"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="100402"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="120650"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="73842"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="110385"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="62920"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="96954"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="56897"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="98653"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="77151"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="130427"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="109955"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="148122"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="108546"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="111921"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="79420"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="118611"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="79916"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="10176"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="11122"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="43204"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="24698"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="36101"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="22357"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="23981"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17357"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="22858"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17397"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="36238"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="30630"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="27094"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="25680"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="27142"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="25863"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="18669"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="18092"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="20255"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21910"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="27614"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="36019"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="23128"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="30414"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="15161"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="19328"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="19291"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="23885"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6385"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6796"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="13611"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14903"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="23155"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6659"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21010"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8627"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29059"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="9377"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="27005"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="27485"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="31873"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="45821"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="39661"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="9808"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="43633"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="10562"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="51795"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="54470"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="12864"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="60536"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="8272"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="8353"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="16914"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17528"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Frozen"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10887"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11120"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12390"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="16944"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="13730"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11339"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="12004"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Dried, Salted, in Brine, Smoked"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6764"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7589"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9691"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10280"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11120"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5122"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10175"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4940"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="10363"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14698"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="16884"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6977"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17131"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="19738"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6861"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="19450"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="20341"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8014"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21074"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7378"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21168"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8477"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="26086"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="26850"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29777"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="36145"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="10044"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="36954"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="9644"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="30415"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5108"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11100"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11353"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="15007"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="5759"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17743"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6162"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21087"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="20998"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6650"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="22325"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="6916"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="24942"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29863"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5086"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Prepared, Preserved"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="16282"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="22484"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11673"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="21652"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14255"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="14823"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9917"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="11930"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9214"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="9225"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="38838"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="23817"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="25178"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="17319"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="16446"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11741"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="29757"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="20726"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="39738"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="14831"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="36676"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="16463"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="31570"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="19842"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="33921"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="21944"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="22314"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="16652"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="32042"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="23204"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="44514"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="31469"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="36934"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="29442"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="32588"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="24401"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="40738"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="18017"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="30461"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="01"/>
+    <s v="Whole Fish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="11303"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="02"/>
+    <s v="Fillets"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC1"/>
+    <s v="Weight of External Trade of Fish"/>
+    <s v="Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Meal, Oil, Fats, Waste"/>
+    <s v="03"/>
+    <s v="Shellfish"/>
+    <s v="02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="AFMAC2"/>
+    <s v="Value of External Trade of Fish"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>