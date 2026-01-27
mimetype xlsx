--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R368fdb77dffb4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/197f1ed085234103b2476e9ef4b02cfd.psmdcp" Id="Rda1ecea0845847c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e200eefd094490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8983089c650455d93bdad9e1bf4bf3c.psmdcp" Id="R000968f9a1654550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>