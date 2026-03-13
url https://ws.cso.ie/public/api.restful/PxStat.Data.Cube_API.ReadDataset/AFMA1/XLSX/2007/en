--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e200eefd094490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8983089c650455d93bdad9e1bf4bf3c.psmdcp" Id="R000968f9a1654550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ab7462566b4611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06b2919a50e74e4f9cb7856bb615152f.psmdcp" Id="Rf1c7885e46484b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>