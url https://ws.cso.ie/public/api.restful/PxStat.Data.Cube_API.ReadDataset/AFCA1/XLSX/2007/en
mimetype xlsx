--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76aafa7d0714ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/529148ce83204c76a40714a363763d8a.psmdcp" Id="Rf0c3924936a64983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3532ec1b141f43a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f23edb2dd24d4580ad34736bb0e149a4.psmdcp" Id="R985373a1641c4fbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AFCA1</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Sea Fish Landings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2020 11:00:00 AM</x:t>
+    <x:t>30/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AFCA1/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFP</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing Industry Production and Other Characteristics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Linh Nolan</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>2002</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Human Consumption</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Foreign Ports</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Meal</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Transhipments</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -415,251 +418,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="AFCACON" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Consumption Category" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H91" totalsRowShown="0">
   <x:autoFilter ref="A1:H91"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="AFCACON"/>
     <x:tableColumn id="2" name="Consumption Category"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -928,51 +810,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AFCA1/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1159,51 +1041,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -3255,317 +3137,353 @@
         <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H84" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3582,51 +3500,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H91" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="AFCACON">
       <x:sharedItems count="5">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Consumption Category">
       <x:sharedItems count="5">
         <x:s v="Total Consumption"/>
         <x:s v="Human Consumption"/>
         <x:s v="Foreign Ports"/>
         <x:s v="Fish Meal"/>
         <x:s v="Transhipments"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="1994"/>
         <x:s v="1995"/>
         <x:s v="1996"/>
@@ -3735,27 +3653,928 @@
         <x:n v="3883"/>
         <x:n v="36223"/>
         <x:n v="4137"/>
         <x:n v="37854"/>
         <x:n v="3501"/>
         <x:n v="24763"/>
         <x:n v="1827"/>
         <x:n v="35312"/>
         <x:n v="4394"/>
         <x:n v="15193"/>
         <x:n v="1307"/>
         <x:n v="32880"/>
         <x:n v="5738"/>
         <x:n v="17309"/>
         <x:n v="2738"/>
         <x:n v="6901"/>
         <x:n v="1027"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="288924"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="132239"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="383999"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="153439"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="332392"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="168798"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="291133"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="167870"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="320163"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="192342"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="279230"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="189467"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="272875"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="189031"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="298521"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="253612"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="245165"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="Total Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="209883"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="189339"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="112368"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="219461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="217630"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="136355"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="196445"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="140664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="189738"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="146149"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="169014"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="157876"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="172657"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="153798"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="183544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="204639"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="161224"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Human Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="172948"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="16196"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="43959"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="19181"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="52491"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="25947"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="67321"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="23321"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="94202"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="42055"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="72361"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="28090"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="75456"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="33406"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="79665"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="44579"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="68747"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Foreign Ports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="35628"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="50509"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="103269"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="9702"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="55370"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="27366"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="36223"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="37854"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="24763"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="35312"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="15193"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Fish Meal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="32880"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="17309"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <n v="6901"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC1"/>
+    <s v="Weight of Sea Fish Landed"/>
+    <s v="Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Transhipments"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="AFCAC2"/>
+    <s v="Value of Sea Fish Landed"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>