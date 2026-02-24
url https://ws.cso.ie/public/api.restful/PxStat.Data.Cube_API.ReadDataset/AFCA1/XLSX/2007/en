--- v1 (2026-01-05)
+++ v2 (2026-02-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3532ec1b141f43a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f23edb2dd24d4580ad34736bb0e149a4.psmdcp" Id="R985373a1641c4fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517db1af06d046af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcc02179d32448d4ac61f043fdf5d5ee.psmdcp" Id="Rd2c2d92bf50a46ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>