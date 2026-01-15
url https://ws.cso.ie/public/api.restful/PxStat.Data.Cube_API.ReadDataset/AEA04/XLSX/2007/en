--- v0 (2025-11-05)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c1d1341d9c4a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/988ec4760cbf4c8dbbe49d348e55503d.psmdcp" Id="Ra2df467e4bbb4941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra652b5398d8f4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bb647b3d82242e989b7510a48b6c7a4.psmdcp" Id="R3a444a057bcf4c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AEA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Volume Indices for Output, Input and Income in Agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/10/2021 11:00:00 AM</x:t>
+    <x:t>10/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>All types of Livestock and Crops includes stock changes. Following reform of the EU sugar regime and the subsequent ending of sugar production in Ireland, the very small amount of sugar beet grown in 2006 was included in forage plants.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AEA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OIIA</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Output, Input and Income</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -568,507 +568,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H547" totalsRowShown="0">
   <x:autoFilter ref="A1:H547"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1337,51 +1024,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AEA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1570,51 +1257,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H547"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="82.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -15824,51 +15511,51 @@
       <x:c r="E547" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>61.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15885,51 +15572,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H547" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="26">
         <x:s v="AEA04C01"/>
         <x:s v="AEA04C02"/>
         <x:s v="AEA04C03"/>
         <x:s v="AEA04C04"/>
         <x:s v="AEA04C05"/>
         <x:s v="AEA04C06"/>
         <x:s v="AEA04C07"/>
         <x:s v="AEA04C08"/>
         <x:s v="AEA04C09"/>
         <x:s v="AEA04C10"/>
         <x:s v="AEA04C11"/>
         <x:s v="AEA04C12"/>
         <x:s v="AEA04C13"/>
         <x:s v="AEA04C14"/>
         <x:s v="AEA04C15"/>
         <x:s v="AEA04C16"/>
         <x:s v="AEA04C17"/>
         <x:s v="AEA04C18"/>
         <x:s v="AEA04C19"/>
         <x:s v="AEA04C20"/>
         <x:s v="AEA04C21"/>
@@ -16331,27 +16018,5488 @@
         <x:n v="80.8"/>
         <x:n v="67.8"/>
         <x:n v="74.4"/>
         <x:n v="81.6"/>
         <x:n v="67.3"/>
         <x:n v="86.4"/>
         <x:n v="104.9"/>
         <x:n v="103.1"/>
         <x:n v="94.4"/>
         <x:n v="104.1"/>
         <x:n v="107.3"/>
         <x:n v="102.6"/>
         <x:n v="94.5"/>
         <x:n v="60.4"/>
         <x:n v="62.9"/>
         <x:n v="64.4"/>
         <x:n v="60.9"/>
         <x:n v="61.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="AEA04C01"/>
+    <s v="Gross Output at Producer Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="AEA04C02"/>
+    <s v="All Livestock"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="AEA04C03"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="AEA04C04"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="117.8"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="AEA04C05"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="129.6"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="154.2"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="AEA04C06"/>
+    <s v="Livestock - Horses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="AEA04C07"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="AEA04C08"/>
+    <s v="All Livestock Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="AEA04C09"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="AEA04C10"/>
+    <s v="All Crops"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="AEA04C11"/>
+    <s v="Crops - Barley"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="AEA04C12"/>
+    <s v="Crops - Wheat"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="153.8"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="159.1"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="134.9"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="161.9"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="157.3"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="180.7"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="118.3"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="149.7"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="AEA04C13"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA04C14"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="AEA04C15"/>
+    <s v="Crops - Fresh Vegetables"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="AEA04C16"/>
+    <s v="Intermediate Consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="AEA04C17"/>
+    <s v="Intermediate Consumption - Feedingstuffs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="AEA04C18"/>
+    <s v="Intermediate Consumption - Fertilisers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="118.4"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="130.3"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="AEA04C19"/>
+    <s v="Intermediate Consumption - Financial Intermediation Services Indirectly Measured (FISIM)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="121.6"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="133.8"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="134.6"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="142.9"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="154.9"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="204.8"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="241.4"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="225.4"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="171.8"/>
+  </r>
+  <r>
+    <s v="AEA04C20"/>
+    <s v="Intermediate Consumption - Seeds"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="266.4"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.2"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="AEA04C21"/>
+    <s v="Intermediate Consumption - Energy and Lubricants"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="AEA04C22"/>
+    <s v="Intermediate Consumption - Maintenance and Repairs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="AEA04C23"/>
+    <s v="Intermediate Consumption - Other Goods and Services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="AEA04C24"/>
+    <s v="Intermediate Consumption - Crop Protection Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="AEA04C25"/>
+    <s v="Intermediate Consumption - Veterinary Expenses (Euro Million)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.2"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="AEA04C26"/>
+    <s v="Gross Value Added at Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Base 2000=100"/>
+    <n v="61.5"/>
+  </r>
+</pivotCacheRecords>
 </file>