--- v1 (2026-01-15)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra652b5398d8f4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bb647b3d82242e989b7510a48b6c7a4.psmdcp" Id="R3a444a057bcf4c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3784ad7cb148be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07a5bf02f59842fe939a5edf6c1e0b70.psmdcp" Id="R950a3bbc57454074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>