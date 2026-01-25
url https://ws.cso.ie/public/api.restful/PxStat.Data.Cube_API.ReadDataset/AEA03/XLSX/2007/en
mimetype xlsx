--- v0 (2025-11-04)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036508cbf5674e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11b2b2a6c15647a8972691a7d2d580eb.psmdcp" Id="R3c44b4da154e424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c9e97e63164f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1703aecb710452f94da0c73fdefb631.psmdcp" Id="R0e26bc72903442fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AEA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Livestock and Crop Stock Changes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/9/2025 11:00:00 AM</x:t>
+    <x:t>09/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>29 August 2024 - In addition to routine revisions, this table incorporates revisions arising from a rebase of agriculture prices to Base 2020, and changes to the methodology used to calculate potato values.&lt;br&gt;See Methodology(https://www.cso.ie/en/methods/agriculture/oiiaa/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AEA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OIIA</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Output, Input and Income</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -511,483 +511,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H316" totalsRowShown="0">
   <x:autoFilter ref="A1:H316"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1256,51 +961,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AEA03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1489,51 +1194,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H316"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -9737,51 +9442,51 @@
       <x:c r="E316" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>-149.267</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9798,51 +9503,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H316" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="9">
         <x:s v="AEA03C1"/>
         <x:s v="AEA03C2"/>
         <x:s v="AEA03C3"/>
         <x:s v="AEA03C4"/>
         <x:s v="AEA03C5"/>
         <x:s v="AEA03C6"/>
         <x:s v="AEA03C7"/>
         <x:s v="AEA03C8"/>
         <x:s v="AEA03C9"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="9">
         <x:s v="Value of All Stock Change"/>
         <x:s v="Value of Cattle Stock Change"/>
         <x:s v="Value of Pigs Stock Change"/>
         <x:s v="Value of Sheep Stock Change"/>
         <x:s v="Value of Poultry Stock Change"/>
         <x:s v="Value of Crops Stock Change"/>
         <x:s v="Quantity of Cattle Stock Change"/>
         <x:s v="Quantity of Pigs Stock Change"/>
@@ -10237,27 +9942,3178 @@
         <x:n v="-295.77"/>
         <x:n v="-107.59"/>
         <x:n v="-240.37"/>
         <x:n v="-60.62"/>
         <x:n v="199.33"/>
         <x:n v="109.03"/>
         <x:n v="-106.24"/>
         <x:n v="0.81"/>
         <x:n v="-0.06"/>
         <x:n v="113.39"/>
         <x:n v="-11.82249857"/>
         <x:n v="-183.331"/>
         <x:n v="10.886"/>
         <x:n v="67.855"/>
         <x:n v="149.131"/>
         <x:n v="-8.323"/>
         <x:n v="-277.123"/>
         <x:n v="-149.267"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="28.12"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="100.97"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-13.28"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="59.16"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="65.49"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="124.58"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="43.33"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-178.51"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-150.96"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-13.87"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-42.63"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-41.83"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-19.21"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-14.79"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-122.68"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-92.72"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="21.49"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-12.28"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-201.1"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-24.35"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="273.71"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-66.95"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="136.35"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="178.85"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="83.17753273"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-49.62752985"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-8.232104069"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-48.13923111"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="145.9827532"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-32.80551104"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-113.4825943"/>
+  </r>
+  <r>
+    <s v="AEA03C1"/>
+    <s v="Value of All Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-213.1521619"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="83.51"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="88.71"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.45"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="61.08"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="68.04"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="121.56"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="112.99"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="50.87"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-172.79"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-130.94"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5.03"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-32.52"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-48.12"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-9.8"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="19.29"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-99.47"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-59.46"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="24.91"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.78"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-186.05"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-53.53"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="294.45"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="104.61"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-67.74"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="140.6"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="158.3"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="60.93427031"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-31.61251127"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-15.33215097"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-43.41618364"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="96.09087704"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-21.98861066"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-35.64463444"/>
+  </r>
+  <r>
+    <s v="AEA03C2"/>
+    <s v="Value of Cattle Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-204.8278274"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7.64"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5.22"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4.53"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.47"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4.29"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8.12"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.99"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4.51"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.89"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.31"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.02"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0.56"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.23"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.49"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3.05"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.59"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-6.49"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.96"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.14"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.03"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2.13"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.63"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.86"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.15"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.32"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5.81741185"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3.17548261"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.41492754"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7.954999603"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.646768257"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-7.839198792"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-13.23726306"/>
+  </r>
+  <r>
+    <s v="AEA03C3"/>
+    <s v="Value of Pigs Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5.214339551"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="10.43"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4.63"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="6.25"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-7.17"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-9.47"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-9.35"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-8.71"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8.34"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.26"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-10.18"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-11.97"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-15.32"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2.31"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.93"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-16.22"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-17.09"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-21.2"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-18.05"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-7.89"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-13.66"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5.61"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="20.45"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="10.29"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-9.66"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0.22"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.15"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="11.06"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.342278421"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-18.04452077"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0.8985816"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7.92817121"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18.89906497"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.340377467"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-35.21827702"/>
+  </r>
+  <r>
+    <s v="AEA03C4"/>
+    <s v="Value of Sheep Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-23.12826684"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.29"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.33"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.28"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.96"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.57"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.05"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.47"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.22"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-7.58"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.14"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5.59"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.97"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.99"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5.39"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5.48"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2.14"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4.53"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.06"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.54"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.23"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.85631271"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.90956136"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.95215095"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.92932348"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4.53838631"/>
+  </r>
+  <r>
+    <s v="AEA03C5"/>
+    <s v="Value of Poultry Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2.67"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5.07"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.77"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-9.06"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.65"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="0.79"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.04"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3.66"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-10.33"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.13"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.76"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.31"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2.76"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="9.42"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-8.55"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1.95"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-6.58"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7.04"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2.09"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-7.87"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8.74"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-28.91"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="22.82"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.29"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2.95"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3.28"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13.91181628"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-0.704576556"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.165613189"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-24.53554176"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="31.63957947"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1.63732412"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-24.84403351"/>
+  </r>
+  <r>
+    <s v="AEA03C6"/>
+    <s v="Value of Crops Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="9.589592784"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="131.47"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="46.82"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="89.03"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="79.98"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="106.77"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="210.26"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="220.73"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-393.83"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-227.71"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="77.88"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-75.25"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-109.42"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-14.68"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-190.14"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-99.35"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="55.56"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-72.18"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-313.98"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="7.62"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="327.92"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="55.81"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-66"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="179.18"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="191.21"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="60.16"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-80.101"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-33.84"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-30.218"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="119.87"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-97.479"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-25.866"/>
+  </r>
+  <r>
+    <s v="AEA03C7"/>
+    <s v="Quantity of Cattle Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-217.66"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="139.02"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="96.43"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="77.13"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="64.58"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="43.98"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="122.23"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="52.45"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-37.95"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-0.86"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-65.8"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-83.6"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-50.82"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-119.58"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-8.8"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-1.7"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="52.63"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-59.41"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-24.43"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="36.57"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-31.13"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="53.29"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="88.528"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-44.203"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="41.118"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="65.297"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="35.015"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-143.192"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-162.779"/>
+  </r>
+  <r>
+    <s v="AEA03C8"/>
+    <s v="Quantity of Pigs Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="66.135"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="149.81"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="118.92"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="126.62"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-142.71"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-226.87"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-196.23"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-201.57"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="235.31"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-18.08"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-240.54"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-262.51"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-249.05"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="21.51"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="21.63"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-293.43"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-299.65"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-430.73"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-295.77"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-107.59"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-240.37"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-60.62"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="199.33"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="109.03"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-106.24"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="0.81"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-0.06"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="113.39"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-11.82249857"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-183.331"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="10.886"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="67.855"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="149.131"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-8.323"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-277.123"/>
+  </r>
+  <r>
+    <s v="AEA03C9"/>
+    <s v="Quantity of Sheep Stock Change"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="-149.267"/>
+  </r>
+</pivotCacheRecords>
 </file>