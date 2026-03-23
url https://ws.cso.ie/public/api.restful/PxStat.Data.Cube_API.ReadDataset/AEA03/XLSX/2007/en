--- v1 (2026-01-25)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c9e97e63164f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1703aecb710452f94da0c73fdefb631.psmdcp" Id="R0e26bc72903442fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dab61c10974f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe7d5753d71e4d60a5a20ff8bdd7d51b.psmdcp" Id="R6dc0335129824eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>