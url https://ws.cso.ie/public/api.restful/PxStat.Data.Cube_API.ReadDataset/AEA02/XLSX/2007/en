--- v0 (2025-11-05)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2922dcfae94c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71a8ba3a5d9346d988d0ce20a44cfdf3.psmdcp" Id="Rb62e666f64274e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd61191a0bfe4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df4f52a61b274db8abafa4f8fc118068.psmdcp" Id="R8866901e664c464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AEA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Quantity of Agricultural Output</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/9/2025 11:00:00 AM</x:t>
+    <x:t>09/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>All types of Livestock and Crops includes stock changes. Following reform of the EU sugar regime and the subsequent ending of sugar production in Ireland, the very small amount of sugar beet grown in 2006 was included in forage plants. The output of cattle, sheep and pigs includes estimates for cross-border trade in live animals.&lt;br&gt;29 August 2024 - In addition to routine revisions, this table incorporates revisions arising from a rebase of agriculture prices to Base 2020, and changes to the methodology used to calculate potato values. &lt;br&gt;See Methodology(https://www.cso.ie/en/methods/agriculture/oiiaa/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AEA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OIIA</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Output, Input and Income</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -541,515 +541,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H456" totalsRowShown="0">
   <x:autoFilter ref="A1:H456"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1318,51 +999,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AEA02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1551,51 +1232,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H456"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -13439,51 +13120,51 @@
       <x:c r="E456" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13500,51 +13181,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H456" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="13">
         <x:s v="AEA02C01"/>
         <x:s v="AEA02C02"/>
         <x:s v="AEA02C03"/>
         <x:s v="AEA02C04"/>
         <x:s v="AEA02C05"/>
         <x:s v="AEA02C06"/>
         <x:s v="AEA02C07"/>
         <x:s v="AEA02C08"/>
         <x:s v="AEA02C09"/>
         <x:s v="AEA02C10"/>
         <x:s v="AEA02C11"/>
         <x:s v="AEA02C12"/>
         <x:s v="AEA02C13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="13">
         <x:s v="Livestock - Cattle"/>
         <x:s v="Livestock - Pigs"/>
         <x:s v="Livestock - Sheep"/>
         <x:s v="Livestock - Poultry"/>
@@ -14038,27 +13719,4578 @@
         <x:n v="985"/>
         <x:n v="937"/>
         <x:n v="814"/>
         <x:n v="625"/>
         <x:n v="631"/>
         <x:n v="573"/>
         <x:n v="450"/>
         <x:n v="501"/>
         <x:n v="416"/>
         <x:n v="457"/>
         <x:n v="447"/>
         <x:n v="436"/>
         <x:n v="454"/>
         <x:n v="421"/>
         <x:n v="467"/>
         <x:n v="408"/>
         <x:n v="453"/>
         <x:n v="452"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2088.571"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2051.308"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2112.003"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2106.488"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2151.629"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2092.566"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2163.552"/>
+  </r>
+  <r>
+    <s v="AEA02C01"/>
+    <s v="Livestock - Cattle"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2065.972"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3608"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3888.695"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3867.459"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3913.354"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4082.833"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4157.545"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3898.5"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3518.179"/>
+  </r>
+  <r>
+    <s v="AEA02C02"/>
+    <s v="Livestock - Pigs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3837.887"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4778"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2714.432501"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2541.875"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2600.363"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2761.384"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2772.627"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2779.41"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2485.901"/>
+  </r>
+  <r>
+    <s v="AEA02C03"/>
+    <s v="Livestock - Sheep"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="2379.421"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="50917"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="50210"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="52991"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="49861"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="56692"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="50982"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="49387"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="57600"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="60367"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="61592"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="59462"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="60845"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="60141"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="63319"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="64417"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="64768"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="68262"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="74667"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="70960"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="73059"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="66031"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="73608"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="90880"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="78216"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="83167"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="78821"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="91201"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="90670.759"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="93483.612"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="115090.148"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="139502.1203"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="138789.3983"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="139737.1093"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="134823.2561"/>
+  </r>
+  <r>
+    <s v="AEA02C04"/>
+    <s v="Livestock - Poultry"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Head"/>
+    <n v="134790.3631"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5018"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5182"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="7279.666249"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="7601.928549"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="8002.776031"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="8311.565479"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="8773.700055"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="8839.842305"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="8472.746918"/>
+  </r>
+  <r>
+    <s v="AEA02C05"/>
+    <s v="Livestock Products - Milk"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million Litres"/>
+    <n v="8442.461062"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="906.8721219"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="978.5998829"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="979.0826113"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="1029.8346"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="1006.173298"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="979.6887365"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="1054.061661"/>
+  </r>
+  <r>
+    <s v="AEA02C06"/>
+    <s v="Livestock Products - Eggs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Million"/>
+    <n v="944.6619852"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1042.505329"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="960.8402213"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1362.149034"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1264.254091"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1360.317242"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1381.3979"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1018.935852"/>
+  </r>
+  <r>
+    <s v="AEA02C07"/>
+    <s v="Crops - Barley"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1111.975399"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="437.4584607"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="339.6447783"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="484.8276651"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="245.2838766"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="524.2953211"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="561.8699655"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="353.2875851"/>
+  </r>
+  <r>
+    <s v="AEA02C08"/>
+    <s v="Crops - Wheat"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="371.7506409"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="152.8826571"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="101.7177515"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="197.9362173"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="171.4284493"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="223.6364045"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="189.7913794"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="160.3176115"/>
+  </r>
+  <r>
+    <s v="AEA02C09"/>
+    <s v="Crops - Oats"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="210.0315505"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="369.5074231"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="283.8177885"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="319.0260365"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="274.2074667"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="371.7352891"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="335.5937311"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="298.3655699"/>
+  </r>
+  <r>
+    <s v="AEA02C10"/>
+    <s v="Crops - Potatoes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="335.9814002"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C11"/>
+    <s v="Crops - Sugar Beet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="66.54"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="65.305"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="68.285"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="69.264"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="68.20688"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="65.907"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="68.284"/>
+  </r>
+  <r>
+    <s v="AEA02C12"/>
+    <s v="Crops - Mushrooms"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="70.145"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="AEA02C13"/>
+    <s v="Crops - Turf"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>