--- v1 (2026-01-15)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd61191a0bfe4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df4f52a61b274db8abafa4f8fc118068.psmdcp" Id="R8866901e664c464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ec6888b7c5496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8e5bd954795414782c833193a480435.psmdcp" Id="Reb3019da72164227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>