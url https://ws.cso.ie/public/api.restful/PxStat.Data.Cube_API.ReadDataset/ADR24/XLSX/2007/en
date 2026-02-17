--- v0 (2025-11-12)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6498eb54692c4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b16014c09c8645ce8758d8288c50dbc6.psmdcp" Id="R9a6112f7f7ef4e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31c99c933a54e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39d7d64ffdd445fbaf43bf81992e7c44.psmdcp" Id="Re65b4e3f7cc14c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ADR24</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population  Usually Resident in the State Who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ADR24/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,387 +514,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L286" totalsRowShown="0">
   <x:autoFilter ref="A1:L286"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Country of Previous Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1167,51 +956,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ADR24/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1398,51 +1187,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L286"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="83.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12302,51 +12091,51 @@
       <x:c r="I286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>2295</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12363,51 +12152,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L286" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ADR24"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -12756,27 +12545,4018 @@
         <x:n v="387"/>
         <x:n v="228"/>
         <x:n v="3601"/>
         <x:n v="2401"/>
         <x:n v="101"/>
         <x:n v="563"/>
         <x:n v="226"/>
         <x:n v="3291"/>
         <x:n v="776"/>
         <x:n v="34"/>
         <x:n v="125"/>
         <x:n v="61"/>
         <x:n v="996"/>
         <x:n v="1625"/>
         <x:n v="67"/>
         <x:n v="438"/>
         <x:n v="165"/>
         <x:n v="2295"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291737"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27680"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36636"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47375"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403428"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143126"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12593"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16588"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23170"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195477"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148611"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15087"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20048"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24205"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207951"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10633"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15839"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8073"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9118"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13980"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10791"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15907"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5448"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8064"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26410"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7953"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12032"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14378"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31211"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44016"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14401"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20036"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16810"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23980"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33494"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48493"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16236"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23132"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17258"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25361"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24345"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36239"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11790"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17544"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12555"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18695"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20929"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29845"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10111"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14427"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15418"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24156"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32021"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11941"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15728"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12215"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16293"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24532"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31486"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12450"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15738"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15748"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21588"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27062"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14064"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10157"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17665"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22165"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11496"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8410"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10669"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18303"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7383"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11389"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14162"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5866"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7296"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9740"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="ADR24"/>
+    <s v="Population  Usually Resident in the State Who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+</pivotCacheRecords>
 </file>