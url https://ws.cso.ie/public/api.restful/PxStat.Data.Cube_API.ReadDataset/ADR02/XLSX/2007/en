--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425b901fbd714842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d207ab0c3ed34781b413eaff758f2fa6.psmdcp" Id="R5e2b348654b64015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9d3fb754a54b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d27b971ccc6342dd98cddebb97d19278.psmdcp" Id="R2050b912935241a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ADR02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population at Each Census since 1926</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ADR02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -436,315 +436,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J217" totalsRowShown="0">
   <x:autoFilter ref="A1:J217"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1015,51 +852,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ADR02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1246,51 +1083,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8224,51 +8061,51 @@
       <x:c r="G217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>236630</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8285,51 +8122,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J217" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ADR02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population at Each Census since 1926"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -8594,27 +8431,2620 @@
         <x:n v="150637"/>
         <x:n v="162968"/>
         <x:n v="165183"/>
         <x:n v="168731"/>
         <x:n v="173725"/>
         <x:n v="177252"/>
         <x:n v="143104"/>
         <x:n v="145769"/>
         <x:n v="158738"/>
         <x:n v="161353"/>
         <x:n v="165750"/>
         <x:n v="173058"/>
         <x:n v="179182"/>
         <x:n v="198407"/>
         <x:n v="203771"/>
         <x:n v="215624"/>
         <x:n v="229175"/>
         <x:n v="236630"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="2971992"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="2968420"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="2955107"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="2960593"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="2818341"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="2884002"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="2978248"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="3368217"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3443405"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3540643"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3525719"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1506889"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1520454"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1494877"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1506597"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1416549"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1449032"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1495760"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1693272"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1729354"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1769690"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1753418"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1465103"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1447966"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1460230"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1453996"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1401792"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1434970"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1482488"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1674945"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1714051"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1770953"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1772301"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="867879"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="820394"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="823007"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="854810"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="877259"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="900396"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="931152"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1029908"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1043729"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1024701"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="940574"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="859424"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="441751"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="416433"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="418984"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="436447"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="448740"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="459406"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="475786"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="527030"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="535409"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="525646"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="482838"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="441452"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="426128"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="403961"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="404023"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="418363"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="428519"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="440990"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="455366"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="502878"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="508320"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="499055"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="457736"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417972"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="526418"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="522839"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="482777"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="443354"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="391839"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="444645"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="482978"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="583639"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="602556"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="617524"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="601598"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="632890"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="270565"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="272792"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="245853"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="231122"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="200767"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="228053"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="246734"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="298087"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="307123"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="313999"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="307887"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323093"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="255853"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="250047"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="236924"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="212232"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="191072"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="216592"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="236244"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="285552"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="295433"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="303525"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="293711"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="309797"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="743545"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="755394"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="770363"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="771229"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="635250"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="613576"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="626180"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="797427"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="837764"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="922619"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="958964"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1016091"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="372547"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="387927"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="389801"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="392320"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="313951"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="306226"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="316471"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="407894"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="427271"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="465656"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="476408"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="503302"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="370998"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="367467"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="380562"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="378909"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="321299"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="307350"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="309709"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="389533"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="410493"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="456963"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="482556"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512789"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="562470"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="583109"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="564638"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="574809"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="598930"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="602378"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="608119"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="595868"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="590402"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="591444"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="621683"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="703800"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="293450"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="302387"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="284655"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="291670"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="303778"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="305398"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="306132"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="297293"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="294368"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="295658"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="312560"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355133"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="269020"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="280722"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="279983"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="283139"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="295152"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="296980"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="301987"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="298575"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="296034"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="295786"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="309123"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="348667"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="271680"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="286684"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="314322"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="316391"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="315063"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="323007"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="329819"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="361375"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="368954"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="384355"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="402900"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413882"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="128576"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="140915"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="155584"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="155038"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="149313"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="149949"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="150637"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="162968"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="165183"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="168731"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="173725"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177252"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="143104"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="145769"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="158738"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="161353"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="165750"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="173058"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="179182"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="198407"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="203771"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="215624"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="229175"/>
+  </r>
+  <r>
+    <s v="ADR02"/>
+    <s v="Population at Each Census since 1926"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236630"/>
+  </r>
+</pivotCacheRecords>
 </file>