--- v1 (2026-01-12)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9d3fb754a54b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d27b971ccc6342dd98cddebb97d19278.psmdcp" Id="R2050b912935241a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139069894e1248a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e4ca7333a7749b189e9447b85afa99a.psmdcp" Id="R20f035c24de34048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>