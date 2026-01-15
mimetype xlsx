--- v0 (2025-11-08)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2e638d96e6417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ec5036bf9b84331b28d7e9320c6d609.psmdcp" Id="R6cca6d9d32df4ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a33ed7052ad4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d11646525aed43979c1992560dbd3a9d.psmdcp" Id="R4f6ce8339ce44725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ADA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Livestock Slaughterings (1980 - 2002)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/9/2021 11:00:00 AM</x:t>
+    <x:t>09/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>All weights are carcass weights. Data for the latest year subject to revision.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ADA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LS</x:t>
   </x:si>
   <x:si>
     <x:t>Livestock Slaughterings</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -310,50 +310,53 @@
   </x:si>
   <x:si>
     <x:t>1998</x:t>
   </x:si>
   <x:si>
     <x:t>1999</x:t>
   </x:si>
   <x:si>
     <x:t>2000</x:t>
   </x:si>
   <x:si>
     <x:t>2001</x:t>
   </x:si>
   <x:si>
     <x:t>2002</x:t>
   </x:si>
   <x:si>
     <x:t>ADA01C2</x:t>
   </x:si>
   <x:si>
     <x:t>Weight of Animals Slaughtered</x:t>
   </x:si>
   <x:si>
     <x:t>000 Tonnes</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -490,403 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02079V02513" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Animal" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H461" totalsRowShown="0">
   <x:autoFilter ref="A1:H461"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02079V02513"/>
     <x:tableColumn id="6" name="Type of Animal"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1155,51 +923,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ADA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1388,51 +1156,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H461"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="22.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="10.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -7436,2556 +7204,2886 @@
         <x:v>1775.8</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H232" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H234" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H238" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H258" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H260" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H262" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H264" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H266" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H268" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H272" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H274" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H276" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H278" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H280" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H282" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H284" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H286" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H288" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H290" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H292" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H294" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H296" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H298" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H300" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H301" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H302" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H304" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H306" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H308" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H309" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H310" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H312" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H318" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H320" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H322" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H326" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H327" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H328" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H330" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H334" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H336" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="H340" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>95</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H342" s="0">
@@ -13076,51 +13174,51 @@
       <x:c r="E461" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>539.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13137,51 +13235,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H461" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="ADA01C1"/>
         <x:s v="ADA01C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Animals Slaughtered"/>
         <x:s v="Weight of Animals Slaughtered"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="23">
         <x:s v="1980"/>
         <x:s v="1981"/>
         <x:s v="1982"/>
         <x:s v="1983"/>
         <x:s v="1984"/>
         <x:s v="1985"/>
         <x:s v="1986"/>
         <x:s v="1987"/>
         <x:s v="1988"/>
@@ -13587,27 +13685,4628 @@
         <x:n v="239.7"/>
         <x:n v="318.7"/>
         <x:n v="28.8"/>
         <x:n v="105.9"/>
         <x:n v="125.5"/>
         <x:n v="67"/>
         <x:n v="579.3"/>
         <x:n v="578.9"/>
         <x:n v="66.6"/>
         <x:n v="229.8"/>
         <x:n v="290"/>
         <x:n v="21.2"/>
         <x:n v="91.9"/>
         <x:n v="136.3"/>
         <x:n v="1"/>
         <x:n v="55.6"/>
         <x:n v="540.1"/>
         <x:n v="539.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="1775.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2385.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="732.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="491.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="426.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1674.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1667.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2353.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="474.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="340.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1468.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1191.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1185.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="1692.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="574.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="305.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="340.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1366.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1243.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1235.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="1623.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2519.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="551.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="315.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="387.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1286.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1259.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="1682.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2224.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="661.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="329.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="388.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1311.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1403.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1396.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="2081.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2118.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="748.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="341.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="417.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1690.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1521.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1518.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2178.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="923.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="359.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="399.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1578.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1700.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1696.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="2069.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="845.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="315.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="414.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1627.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1591.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1588.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="2138.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2294.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="856.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="240.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="345.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="1651.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1456.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1454.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="2848.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2227.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="767.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="240.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="349.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="2329.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1369.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="3887.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2375.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="881.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="414.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3305.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1581.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1578.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4216.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2688.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="923.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="314.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="461.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="4027.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1713.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1710.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4357.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2964.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="925.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="279.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="493.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="4166.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1713.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1712.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4700.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3070.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="813.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="305.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="4526.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1600.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4420.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3086.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="631.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="325.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="460.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="4255.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1436.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1435.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4298.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3002.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="664.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="335.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="486.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3625.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1514.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="2926.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="841.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="326.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="445.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3716.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1649.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1647.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="3768.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3065.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="951.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="467.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3375.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1800.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1778.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4325.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3391.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="992.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="391.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="508.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3845.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1921.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1914.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4523.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3487.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="1060.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="414.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="4020.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="2132.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="2109.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="4116.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3151.1"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="359.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="562.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3621.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1885.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1881.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3254.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="953.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="488.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="3463.8"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1893.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1889.5"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Head"/>
+    <n v="3307.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Head"/>
+    <n v="3109.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Head"/>
+    <n v="867.4"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Head"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Head"/>
+    <n v="323.2"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Head"/>
+    <n v="526.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Head"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Head"/>
+    <n v="2868.6"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Head"/>
+    <n v="1781.7"/>
+  </r>
+  <r>
+    <s v="ADA01C1"/>
+    <s v="Number of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Head"/>
+    <n v="1775.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="179.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="336.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="554.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="554.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="202.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="343.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="135.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="565.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="304.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="526.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="526.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="214.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="226.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="123.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="445.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="211.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="243.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="141.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="488.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="488.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="210.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="308.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="544.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="544.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="219.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="334.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="134.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="576.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="241.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="340.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="601.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="601.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="249.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="356.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="156.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="643.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="642.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="230.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="305.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="576.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="576.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="239.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="318.7"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="579.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="578.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Sheep"/>
+    <s v="000 Tonnes"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="3"/>
+    <s v="Pigs"/>
+    <s v="000 Tonnes"/>
+    <n v="229.8"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5000"/>
+    <s v="Bullocks"/>
+    <s v="000 Tonnes"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5001"/>
+    <s v="Bulls"/>
+    <s v="000 Tonnes"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5002"/>
+    <s v="Cows"/>
+    <s v="000 Tonnes"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5003"/>
+    <s v="Heifers"/>
+    <s v="000 Tonnes"/>
+    <n v="136.3"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5004"/>
+    <s v="Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5005"/>
+    <s v="Lambs"/>
+    <s v="000 Tonnes"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5009"/>
+    <s v="Cattle (Including Calves)"/>
+    <s v="000 Tonnes"/>
+    <n v="540.1"/>
+  </r>
+  <r>
+    <s v="ADA01C2"/>
+    <s v="Weight of Animals Slaughtered"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5010"/>
+    <s v="Cattle without Calves"/>
+    <s v="000 Tonnes"/>
+    <n v="539.5"/>
+  </r>
+</pivotCacheRecords>
 </file>