--- v1 (2026-01-15)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a33ed7052ad4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d11646525aed43979c1992560dbd3a9d.psmdcp" Id="R4f6ce8339ce44725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf1eb343213471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/224d90f18c644e30b2a3bf7c073f3d6d.psmdcp" Id="R9f3f82f8dd2341d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>