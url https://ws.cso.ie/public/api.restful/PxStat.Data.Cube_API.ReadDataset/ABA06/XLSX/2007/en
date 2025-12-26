--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9be21c47f37f4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5827a3a3ed8c4ff6ad6502cf001464ab.psmdcp" Id="Raf0779a34ba54c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c64890cacd4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10763fff67c64d57ba1eeb4ca585e7d5.psmdcp" Id="R9773b86a94a34601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ABA06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Meat Supply Balance</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2025 11:00:00 AM</x:t>
+    <x:t>14/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data for the most recent year are provisional, as trade data for the latest year is not yet finalised.&lt;br&gt;See Methodology(https://www.cso.ie/en/methods/agriculture/meatsupplybalance/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SB</x:t>
   </x:si>
   <x:si>
     <x:t>Supply Balances</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -475,339 +475,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02062V02489" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Meat" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H586" totalsRowShown="0">
   <x:autoFilter ref="A1:H586"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02062V02489"/>
     <x:tableColumn id="6" name="Type of Meat"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1076,51 +889,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1309,51 +1122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H586"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -16577,51 +16390,51 @@
       <x:c r="E586" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>72.06059034</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16638,51 +16451,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H586" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="9">
         <x:s v="ABA06C01"/>
         <x:s v="ABA06C02"/>
         <x:s v="ABA06C03"/>
         <x:s v="ABA06C04"/>
         <x:s v="ABA06C05"/>
         <x:s v="ABA06C06"/>
         <x:s v="ABA06C07"/>
         <x:s v="ABA06C08"/>
         <x:s v="ABA06C09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="9">
         <x:s v="Meat Slaughterings"/>
         <x:s v="Meat Imports"/>
         <x:s v="Supplies = Uses of Meat Products"/>
         <x:s v="Meat Exports"/>
         <x:s v="Variation in Meat Stocks"/>
         <x:s v="Meat Products for Domestic Use"/>
         <x:s v="Human Consumption of Meat Products"/>
         <x:s v="Meat Gross Indigenous Production"/>
@@ -17195,27 +17008,5878 @@
         <x:n v="236.3668979"/>
         <x:n v="361.2761152"/>
         <x:n v="89.29942639"/>
         <x:n v="261.3223606"/>
         <x:n v="694.2273207"/>
         <x:n v="237.8774262"/>
         <x:n v="396.5768855"/>
         <x:n v="77.58411836"/>
         <x:n v="230.1793129"/>
         <x:n v="680.2323711"/>
         <x:n v="197.8674804"/>
         <x:n v="405.3070573"/>
         <x:n v="70.61672837"/>
         <x:n v="232.609581"/>
         <x:n v="701.1037523"/>
         <x:n v="209.8927992"/>
         <x:n v="385.473869"/>
         <x:n v="72.06059034"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1130.535217"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="617.0157834"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="294.1706507"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="67.12232055"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="152.2264623"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1150.993711"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="622.5447705"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="303.2638999"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="68.40569263"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="156.7793475"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1157.266231"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="619.8042"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="304.3686992"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66.0379"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="167.0554317"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1196.513963"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="633.3763"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="320.1299"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66.2313"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="176.7764632"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1169.054878"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="594.5054"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="335.1332"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63.4324"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="175.9838784"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1193.161045"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="621.4175923"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="332.5826161"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="68.22136945"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="170.9394676"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1148.959662"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="599.5154103"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="300.3438505"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="69.71918341"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="179.3812176"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1170.474339"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="602.5959837"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="311.5310601"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="62.96674037"/>
+  </r>
+  <r>
+    <s v="ABA06C01"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="193.3805547"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="292.431"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="33.9158"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115.333"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5.9066"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="137.2756"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="315.3119"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="40.7784"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123.6744"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5.9402"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="144.9189"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="295.7074"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="36.2412"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="108.6364"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7.2164"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="143.6134"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="264.0116"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="34.645"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="94.2138"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6.9657"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128.1871"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="258.6269"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="42.2843"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="88.2297"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6.572"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="121.5409"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="291.1985"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="43.4414"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90.6219"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9.5141"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="147.6211"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="286.6901"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="43.4806"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="82.7251"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5.7256"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="154.7588"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="282.2842"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="39.7069"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="81.132"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3.6352"/>
+  </r>
+  <r>
+    <s v="ABA06C02"/>
+    <s v="Meat Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="157.8101"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1422.966217"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="650.9315834"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="409.5036507"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="73.02892055"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="289.5020623"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1466.305611"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="663.3231705"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="426.9382999"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="74.34589263"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="301.6982475"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1452.973631"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="656.0454"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="413.0050992"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="73.2543"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="310.6688317"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1460.525563"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="668.0213"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="414.3437"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="73.197"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="304.9635632"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1427.681778"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="636.7897"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="423.3629"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="70.0044"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="297.5247784"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1484.359545"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="664.8589923"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="423.2045161"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="77.73546945"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="318.5605676"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1435.649762"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="642.9960103"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="383.0689505"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="75.44478341"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="334.1400176"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1452.758539"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="642.3028837"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="392.6630601"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66.60194037"/>
+  </r>
+  <r>
+    <s v="ABA06C03"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="351.1906547"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1000.444528"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="556.4414698"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="260.5449507"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="56.97990739"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126.4782"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1027.446424"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="568.3231705"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="277.0199"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="56.21005303"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="125.8933"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1008.9399"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="560.5454"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="256.641"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55.2543"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="136.4992"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1019.8569"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="574.0213"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="259.8305"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="57.197"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128.8081"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="961.6964"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="541.7897"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="264.9492"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="54.5044"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="100.4531"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1005.567362"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="570.3589923"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="267.7722"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="62.73546945"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="104.7007"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="912.4241937"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="549.4960103"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="214.3642"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="60.44478341"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="88.1192"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="914.5621241"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="548.8028837"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="225.4535"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="52.10194037"/>
+  </r>
+  <r>
+    <s v="ABA06C04"/>
+    <s v="Meat Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="88.2038"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C05"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="422.5216891"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="94.49011361"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="148.9587"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="16.04901316"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="163.0238623"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="438.8591871"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="149.9183999"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18.1358396"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="175.8049475"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="444.0337309"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="156.3640992"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="174.1696317"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="440.6686632"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="154.5132"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="176.1554632"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="465.9853784"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="158.4137"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="197.0716784"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="478.7921837"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="155.4323161"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="213.8598676"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="523.2255681"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="168.7047505"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="246.0208176"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="538.1964148"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="167.2095601"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="ABA06C06"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="262.9868547"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="88.16310674"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.71624697"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.08162754"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.348776872"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="34.01645536"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="90.35601957"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.55939881"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="30.86646076"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.733959152"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="36.19620085"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="90.22325123"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.40465305"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.7716345"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.657421518"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="35.38954215"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="88.5339059"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="18.88536184"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.04295415"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.214529674"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="35.39106024"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="92.98321428"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="18.95640028"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.61003692"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.092886361"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="39.32389073"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="92.35960333"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="18.22916667"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="29.98308566"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.893518519"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="41.25383248"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="99.06573161"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="17.7029688"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.94197791"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.84004847"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="46.58073644"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="100.0309304"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="17.37821311"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.07811091"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.695017006"/>
+  </r>
+  <r>
+    <s v="ABA06C07"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="48.87958937"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1182.522042"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="639.6243721"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="333.1945191"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="57.47668833"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="152.2264623"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1205.448058"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="646.6764746"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="344.1750899"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="57.81714626"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="156.7793475"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1214.248213"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="650.2221651"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="340.9074942"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="56.06312219"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="167.0554317"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1266.412859"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="669.6416519"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="362.6635688"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="57.3311752"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="176.7764632"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1234.7176"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="628.2983748"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="374.4375485"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55.99779786"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="175.9838784"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1251.191037"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="656.0448181"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="369.738393"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="59.48653282"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="165.9212928"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1204.357017"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="636.017267"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="333.8118392"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="60.79605859"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="173.7318525"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1251.896426"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="655.5320084"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="350.9608262"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55.893711"/>
+  </r>
+  <r>
+    <s v="ABA06C08"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="189.50988"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="279.8725065"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="676.9220056"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="223.6824832"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="358.1322276"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="93.37679782"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="274.6776401"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="680.7120785"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="229.5749489"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="318.8004941"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="89.1780065"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="273.4585525"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="680.8609059"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="218.0215893"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="311.4617899"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="95.9153614"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="287.3843694"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="712.384736"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="234.7136483"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="358.319845"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="100.3525295"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="264.9691722"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="661.3667103"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="236.3668979"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="361.2761152"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="89.29942639"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="261.3223606"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="694.2273207"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="237.8774262"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="396.5768855"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="77.58411836"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="230.1793129"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="680.2323711"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="197.8674804"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="405.3070573"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="70.61672837"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="232.609581"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="701.1037523"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="209.8927992"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="385.473869"/>
+  </r>
+  <r>
+    <s v="ABA06C09"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="72.06059034"/>
+  </r>
+</pivotCacheRecords>
 </file>