--- v1 (2025-12-26)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c64890cacd4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10763fff67c64d57ba1eeb4ca585e7d5.psmdcp" Id="R9773b86a94a34601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aaf9f10a23b42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/147387795ab94d78bedfdafc5165af5f.psmdcp" Id="Rb9c0fd3017674e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>