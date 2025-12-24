--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491f958227234e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e96157d9e443438ab004c303c615c9e2.psmdcp" Id="R244ab23cb8584ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d247baad6846b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9859bc31a7c743b1ae35da28d9e4a8b5.psmdcp" Id="Re16e3457d7424570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ABA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Meat Supply Balance (1992 - 1999)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/10/2021 11:00:00 AM</x:t>
+    <x:t>10/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SB</x:t>
   </x:si>
   <x:si>
     <x:t>Supply Balances</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Mairead Griffin</x:t>
   </x:si>
@@ -460,307 +460,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02062V02489" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Meat" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H433" totalsRowShown="0">
   <x:autoFilter ref="A1:H433"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02062V02489"/>
     <x:tableColumn id="6" name="Type of Meat"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1029,51 +866,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1260,51 +1097,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="10.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12550,51 +12387,51 @@
       <x:c r="E433" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12611,51 +12448,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="9">
         <x:s v="ABA05C1"/>
         <x:s v="ABA05C2"/>
         <x:s v="ABA05C3"/>
         <x:s v="ABA05C4"/>
         <x:s v="ABA05C5"/>
         <x:s v="ABA05C6"/>
         <x:s v="ABA05C7"/>
         <x:s v="ABA05C8"/>
         <x:s v="ABA05C9"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="9">
         <x:s v="Meat Slaughterings"/>
         <x:s v="Meat Imports"/>
         <x:s v="Supplies = Uses of Meat Products"/>
         <x:s v="Meat Exports"/>
         <x:s v="Variation in Meat Stocks"/>
         <x:s v="Meat Products for Domestic Use"/>
         <x:s v="Human Consumption of Meat Products"/>
         <x:s v="Meat Gross Indigenous Production"/>
@@ -12996,27 +12833,4348 @@
         <x:n v="162"/>
         <x:n v="104"/>
         <x:n v="280"/>
         <x:n v="292"/>
         <x:n v="905.5"/>
         <x:n v="173.2"/>
         <x:n v="107.2"/>
         <x:n v="286.1"/>
         <x:n v="916"/>
         <x:n v="169"/>
         <x:n v="250"/>
         <x:n v="108.3"/>
         <x:n v="82.9"/>
         <x:n v="309.1"/>
         <x:n v="1107"/>
         <x:n v="165"/>
         <x:n v="252"/>
         <x:n v="100.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="995.1"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="563.3"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="220.5"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126.6"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA05C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ABA05C2"/>
+    <s v="Meat Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1066.2"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="249.6"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="144.9"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="ABA05C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="683.5"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ABA05C4"/>
+    <s v="Meat Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-23"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-174"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-176"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-167"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-167"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-15"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="ABA05C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="349.7"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="139.9"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="383.4"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="124.1"/>
+  </r>
+  <r>
+    <s v="ABA05C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="ABA05C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="574.6"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="242.3"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1078.1"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="256.4"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ABA05C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="317.2"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="905.5"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="173.2"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="286.1"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="309.1"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="ABA05C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+</pivotCacheRecords>
 </file>