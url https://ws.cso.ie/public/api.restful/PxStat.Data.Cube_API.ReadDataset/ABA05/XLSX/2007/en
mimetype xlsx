--- v1 (2025-12-24)
+++ v2 (2026-02-09)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d247baad6846b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9859bc31a7c743b1ae35da28d9e4a8b5.psmdcp" Id="Re16e3457d7424570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e9bf4b9dc74d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb308bd6a91b42f88d87144e2b264cd6.psmdcp" Id="Re37d109fc11f4af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>