--- v2 (2026-02-09)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e9bf4b9dc74d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb308bd6a91b42f88d87144e2b264cd6.psmdcp" Id="Re37d109fc11f4af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803ecc91ff1a4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f15bd55fa7a4e38bc3ba280d941bdee.psmdcp" Id="R2079ea5115ce4ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>