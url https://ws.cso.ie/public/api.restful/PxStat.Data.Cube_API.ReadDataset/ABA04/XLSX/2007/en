--- v0 (2025-11-11)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4835f0ede5b4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09efebe08b6c42c98316849ab1870f9f.psmdcp" Id="R9e825167ff504a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612b6390f35840c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/102e937461e145bd96c576a1d2a5683e.psmdcp" Id="Rd7aaa836bffd4064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ABA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Supply Balance for Cereals, Analysis of Other Uses</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/10/2021 11:00:00 AM</x:t>
+    <x:t>10/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>From 2008/2009 onwards production figures are based on estimates of area under crops data obtained from the Department of Agriculture, Fisheries and Food (DAFF) Single Payment Scheme and consequently represent a new series as these estimates were previously sourced from the CSO June sample survey of agricultural holdings. Principal cereals has been calculated as the sum of wheat, barley and oats. Other cereals such as maize, rye and triticale are not included in the estimates in this release. The CSO estimated that these other cereals accounted for less than 2% of the total area of cereals sown in 1 June 2011. Data for the reference year are provisional. Earlier years may be revised. Annual data refers to the marketing year and not a calendar year. The Marketing year for cereals is from 1 July to 30 June (e.g. year 2012 refers to the period 1 July 2011 to 30 June 2012). Cereal Products for Other Uses comprises seeds, losses, feeding stuffs and industrial uses.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SB</x:t>
   </x:si>
   <x:si>
     <x:t>Supply Balances</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -454,347 +454,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02158V02601" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Crop Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H321" totalsRowShown="0">
   <x:autoFilter ref="A1:H321"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02158V02601"/>
     <x:tableColumn id="6" name="Crop Type"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1063,51 +870,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1296,51 +1103,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H321"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="10.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -9674,51 +9481,51 @@
       <x:c r="E321" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9735,51 +9542,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H321" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="ABA04C1"/>
         <x:s v="ABA04C2"/>
         <x:s v="ABA04C3"/>
         <x:s v="ABA04C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Cereal Seeds"/>
         <x:s v="Cereal Losses"/>
         <x:s v="Cereal Feeding Stuffs"/>
         <x:s v="Cereal Products for Industrial Use"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="20">
         <x:s v="1993"/>
         <x:s v="1994"/>
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
@@ -9997,27 +9804,3228 @@
         <x:n v="213"/>
         <x:n v="214"/>
         <x:n v="247"/>
         <x:n v="248"/>
         <x:n v="276"/>
         <x:n v="277"/>
         <x:n v="275"/>
         <x:n v="216"/>
         <x:n v="217"/>
         <x:n v="180"/>
         <x:n v="146"/>
         <x:n v="147"/>
         <x:n v="173"/>
         <x:n v="174"/>
         <x:n v="151"/>
         <x:n v="152"/>
         <x:n v="126"/>
         <x:n v="139"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ABA04C1"/>
+    <s v="Cereal Seeds"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ABA04C2"/>
+    <s v="Cereal Losses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="ABA04C3"/>
+    <s v="Cereal Feeding Stuffs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Barley"/>
+    <s v="000 Tonnes"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Oats"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Wheat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA04C4"/>
+    <s v="Cereal Products for Industrial Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Principal cereals"/>
+    <s v="000 Tonnes"/>
+    <n v="130"/>
+  </r>
+</pivotCacheRecords>
 </file>