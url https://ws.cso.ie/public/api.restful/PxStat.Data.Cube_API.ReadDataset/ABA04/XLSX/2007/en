--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612b6390f35840c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/102e937461e145bd96c576a1d2a5683e.psmdcp" Id="Rd7aaa836bffd4064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1340c931ca1c4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/021b12ba31824464b44747ab7b2973f6.psmdcp" Id="R843bc49f08ea4aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>