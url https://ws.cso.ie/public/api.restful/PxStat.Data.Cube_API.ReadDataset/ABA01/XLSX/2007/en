--- v0 (2025-11-05)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd951ab1ac64842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26a9c9425d9f4807bfb3419317f82130.psmdcp" Id="Rb5d3519d20bf43a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a538e58924f4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ce7a2bd6b7040c1b352be1730855cf5.psmdcp" Id="R930e69032cc1496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ABA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Meat Supply Balance (2000-2011)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/10/2021 11:00:00 AM</x:t>
+    <x:t>10/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The data for meat products for domestic use includes meat held in retail shops, institutions, restaurants and households as well as all losses in these sectors. The figures given for human consumption of meat products are derived by dividing the total meat products for domestic use figure by the population on 1 April of each year. No account is taken of overseas and cross-border tourism and travel. All weights are in carcass equivalent. Data for the most recent year are provisional. Earlier years may be revised. Other meat category covers meat from horses, game and other animals as well as meat preparations of cattle, sheep and pigs, where the meat in such preparations cannot be distinguished from edible offal.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SB</x:t>
   </x:si>
   <x:si>
     <x:t>Supply Balances</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -478,339 +478,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02062V02489" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Meat" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H649" totalsRowShown="0">
   <x:autoFilter ref="A1:H649"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02062V02489"/>
     <x:tableColumn id="6" name="Type of Meat"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1079,51 +892,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ABA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1312,51 +1125,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -18218,51 +18031,51 @@
       <x:c r="E649" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>239</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18279,51 +18092,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="9">
         <x:s v="ABA01C1"/>
         <x:s v="ABA01C2"/>
         <x:s v="ABA01C3"/>
         <x:s v="ABA01C4"/>
         <x:s v="ABA01C5"/>
         <x:s v="ABA01C6"/>
         <x:s v="ABA01C7"/>
         <x:s v="ABA01C8"/>
         <x:s v="ABA01C9"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="9">
         <x:s v="Meat Slaughterings"/>
         <x:s v="Meat Imports"/>
         <x:s v="Supplies = Uses of Meat Products"/>
         <x:s v="Meat Exports"/>
         <x:s v="Variation in Meat Stocks"/>
         <x:s v="Meat Products for Domestic Use"/>
         <x:s v="Human Consumption of Meat Products"/>
         <x:s v="Meat Gross Indigenous Production"/>
@@ -18743,27 +18556,6508 @@
         <x:n v="275"/>
         <x:n v="636"/>
         <x:n v="371"/>
         <x:n v="223"/>
         <x:n v="265"/>
         <x:n v="617"/>
         <x:n v="175"/>
         <x:n v="351"/>
         <x:n v="99"/>
         <x:n v="295"/>
         <x:n v="672"/>
         <x:n v="203"/>
         <x:n v="377"/>
         <x:n v="225"/>
         <x:n v="300"/>
         <x:n v="228"/>
         <x:n v="683"/>
         <x:n v="239"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ABA01C1"/>
+    <s v="Meat Slaughterings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ABA01C2"/>
+    <s v="Meat Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="ABA01C3"/>
+    <s v="Supplies = Uses of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ABA01C4"/>
+    <s v="Meat Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="ABA01C5"/>
+    <s v="Variation in Meat Stocks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ABA01C6"/>
+    <s v="Meat Products for Domestic Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="Kg per capita"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="Kg per capita"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="Kg per capita"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="Kg per capita"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="Kg per capita"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="ABA01C7"/>
+    <s v="Human Consumption of Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="Kg per capita"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="000 Tonnes"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="000 Tonnes"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="000 Tonnes"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="000 Tonnes"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ABA01C8"/>
+    <s v="Meat Gross Indigenous Production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="000 Tonnes"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total Meat"/>
+    <s v="%"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Beef and veal"/>
+    <s v="%"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Pig meat"/>
+    <s v="%"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Sheep meat"/>
+    <s v="%"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Poultry meat"/>
+    <s v="%"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ABA01C9"/>
+    <s v="Self Sufficiency in Meat Products"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Other meat"/>
+    <s v="%"/>
+    <n v="239"/>
+  </r>
+</pivotCacheRecords>
 </file>