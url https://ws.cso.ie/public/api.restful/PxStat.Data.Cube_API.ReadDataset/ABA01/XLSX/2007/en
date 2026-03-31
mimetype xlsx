--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a538e58924f4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ce7a2bd6b7040c1b352be1730855cf5.psmdcp" Id="R930e69032cc1496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b1b21ce61b24471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13213efb63ed4745bb99c5384f707106.psmdcp" Id="R32d393df4c3c4a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>