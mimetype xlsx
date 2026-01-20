--- v0 (2025-11-04)
+++ v1 (2026-01-20)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88394067df14952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d360d875e1e4abdbe684b8bda9a44c6.psmdcp" Id="R5ea6a62be0ef418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881235706ed74be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13c8aa09ffb04a869fef1d59c8912841.psmdcp" Id="Recc4fb991bb04b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AAA06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Farm Animals in December</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/11/2025 11:00:00 AM</x:t>
+    <x:t>11/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data on Sheep numbers updated on 31 May 2023.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AAA06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LSD</x:t>
   </x:si>
   <x:si>
     <x:t>Livestock Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophie Emersion</x:t>
+    <x:t>Stephanie Kelleher</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>agri@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5453</x:t>
+    <x:t>(+353) 21 453 5123</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -616,571 +616,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02148V02965" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Animal" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H701" totalsRowShown="0">
   <x:autoFilter ref="A1:H701"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02148V02965"/>
     <x:tableColumn id="6" name="Type of Animal"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1449,51 +1088,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AAA06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1682,51 +1321,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -19940,51 +19579,51 @@
       <x:c r="E701" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>386.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20001,51 +19640,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H701" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="AAA06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Farm Animals in December"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="20">
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
@@ -20828,27 +20467,7028 @@
         <x:n v="3591.6"/>
         <x:n v="2550"/>
         <x:n v="2467.9"/>
         <x:n v="1976.8"/>
         <x:n v="491.1"/>
         <x:n v="1041.6"/>
         <x:n v="1473.7"/>
         <x:n v="122.2"/>
         <x:n v="17.3"/>
         <x:n v="63.3"/>
         <x:n v="24.5"/>
         <x:n v="16.2"/>
         <x:n v="0.8"/>
         <x:n v="1351.5"/>
         <x:n v="373"/>
         <x:n v="295.3"/>
         <x:n v="297"/>
         <x:n v="386.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6390.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2109.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="995.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1113.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="516.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="279.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1732.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="898.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="833.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1972.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="992.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="2175.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4214.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="3304.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="3208.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2692.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="516.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="952.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1670.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1493.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="482.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="366.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="166.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="478.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6340.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2181.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1022.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1159.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="538.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="252.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="286.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1674.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="843.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="831.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1888.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="920.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="967.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="2072.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4267.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3826.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="3021.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2931.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2471.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="459.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="805.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="168.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1451.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="459.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="349.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="221.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="420.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6247.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2180.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1017.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="524.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="234.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="290.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1609.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="789.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="820.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1879.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="920.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="959.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1997.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4250.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3530.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2744.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2662.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2255.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="407.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="785.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1500.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="160.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1340.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="398.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="304.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="201.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="435.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6303.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2199.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1024.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="502.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="224.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="277.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1632.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="803.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="828.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1920.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="952.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="2030.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4273.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3422.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2527.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2117.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="409.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1510.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="152.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1358.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="409.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="312.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="225.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="410.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6231.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2157.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1022.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1134.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="581.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="275.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1650.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="803.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="846.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="857.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="936.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1985.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4246"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3182.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2369.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1960.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="409.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="742.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1501.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="159.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1342.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="415.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="300.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="241.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="385.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="5917.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2097.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1006.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1090.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="565.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="251.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="313.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1511.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="828.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1694.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="908.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1768.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4148.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2419.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2350.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1893.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="457.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="702.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1500.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="150.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1349.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="399.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="295.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="248.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="405.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="5925.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2118.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1035.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="465.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="169.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="287.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="620.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1741.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4183.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3321.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2524.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2450.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="518.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="797.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1552.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1405.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="402.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="219.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="447.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6253.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2188.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1060.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1127.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="159.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="262.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1606.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="726.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1986.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="987.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1923.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4329.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3430.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2576.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2500.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1989.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="511.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1493.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1347.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="412.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="298.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="228.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="407.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6309.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2167.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1082.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1085.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="496.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="207.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="289.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1703.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="793.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="910.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1893.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="914.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="979.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1962.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4346.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3324.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2546.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2472.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1998.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="777.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1469.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1323.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="380.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="273.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="427.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6243.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2168.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1127.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1041.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="498.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="194.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="304.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="745.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="892.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1885.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="901.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="984.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1892.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4350.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3324.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2503.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2430.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1980.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="450.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="821.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1505.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1358.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="384.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="296.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="238.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6422.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2293.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1239.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1053.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="401.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="241.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1649.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="751.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="897.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="2025.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1043.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1946.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4475.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3324.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2485.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2412.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1946.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="465.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1474.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="140.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1334.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="396.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="290.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="239.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6613.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2337.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1295.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="139.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="239.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1767.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="813.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="953.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="2076.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1011.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1065.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4595.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3438.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2479.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2405.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1934.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="470.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="958.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1527.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="146.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1381.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="409.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="285.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="259.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="426.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6673.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2361.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1343.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="1018.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="390.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="247.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1780.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="811.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="2086.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1008.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1077.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="2017.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4656.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3981.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2723.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1995.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="728.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1172.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1616.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="150.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1466.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="417.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="322.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="276.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="449.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6593.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2351.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1369.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="982.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="409.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="154.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="255.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1779.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="976.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1999.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="948.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1051.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1959.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4634.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3798.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2608.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1980.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="627.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1108.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1572.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1429.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="417.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="315.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="259.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="436.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6559.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2382.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1425.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="956.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="431.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="170.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="260.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1731.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="769.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1962.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="906.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1898.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4661.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3809.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2652.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2570.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1974.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="596.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1156.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1613.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1468.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="417.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="288.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="451.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6529.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2378.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="922.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="345.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="229.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1698.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="955.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="2056.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="976.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1885.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4644.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3877.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2729.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2642.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2041.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="601.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1147.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1678.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1530.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="436.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="340.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="326.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="426.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6649.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2394.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1505.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="889.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="331.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="224.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1766.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="796.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="969.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="2107.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1103.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1956.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4692.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="4026.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2785.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2699.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="627.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1240.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1713.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1567.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="422.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="338.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="324.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="482.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6551.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2372.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1510.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="861.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="336.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="215.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1801.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="805.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="995.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1995.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="922.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1073.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1895.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4656.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2752.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2666.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2074.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="591.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1265.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1570.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1442.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="386.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="317.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="319.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="418.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2329.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1510.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="818.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="380.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="144.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="236.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1794.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="778.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1016.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1973.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="898.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1075.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3740.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2573.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="2042.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="531.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1083.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1407.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1280.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="271.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Total cattle"/>
+    <s v="Thousand"/>
+    <n v="6308.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0111"/>
+    <s v="Cows"/>
+    <s v="Thousand"/>
+    <n v="2249.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01111"/>
+    <s v="Dairy cows"/>
+    <s v="Thousand"/>
+    <n v="1481.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01112"/>
+    <s v="Other cows"/>
+    <s v="Thousand"/>
+    <n v="767.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0113"/>
+    <s v="Bulls"/>
+    <s v="Thousand"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0133"/>
+    <s v="Cattle: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="396.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01331"/>
+    <s v="Cattle male: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01332"/>
+    <s v="Cattle female: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="252.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0134"/>
+    <s v="Cattle: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="1691.4"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01341"/>
+    <s v="Cattle male: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="724.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01342"/>
+    <s v="Cattle female: 1-2 years"/>
+    <s v="Thousand"/>
+    <n v="966.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0135"/>
+    <s v="Cattle: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1922.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01351"/>
+    <s v="Cattle male: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="867.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01352"/>
+    <s v="Cattle female: under 1 year"/>
+    <s v="Thousand"/>
+    <n v="1055.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0136"/>
+    <s v="Total cattle: male"/>
+    <s v="Thousand"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0137"/>
+    <s v="Total cattle: female"/>
+    <s v="Thousand"/>
+    <n v="4523.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Total sheep"/>
+    <s v="Thousand"/>
+    <n v="3591.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="021"/>
+    <s v="Breeding sheep"/>
+    <s v="Thousand"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0211"/>
+    <s v="Ewes"/>
+    <s v="Thousand"/>
+    <n v="2467.9"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02111"/>
+    <s v="Ewes: 2 years and over"/>
+    <s v="Thousand"/>
+    <n v="1976.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02112"/>
+    <s v="Ewes: under 2 years"/>
+    <s v="Thousand"/>
+    <n v="491.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0212"/>
+    <s v="Rams"/>
+    <s v="Thousand"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="022"/>
+    <s v="Other sheep"/>
+    <s v="Thousand"/>
+    <n v="1041.6"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1473.7"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1351.5"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="295.3"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03213"/>
+    <s v="Other pigs: 80kg and over"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="AAA06"/>
+    <s v="Farm Animals in December"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="386.2"/>
+  </r>
+</pivotCacheRecords>
 </file>