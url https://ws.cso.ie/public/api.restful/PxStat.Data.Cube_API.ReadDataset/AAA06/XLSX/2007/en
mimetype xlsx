--- v1 (2026-01-20)
+++ v2 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881235706ed74be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13c8aa09ffb04a869fef1d59c8912841.psmdcp" Id="Recc4fb991bb04b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R155df79a08af413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1232a1fe28c2417787d03542d00fc5ca.psmdcp" Id="R85991789e76449c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>