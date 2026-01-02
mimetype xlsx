--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3c0d623b73479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ac37a7b0e7a4b04a0726d39760147d2.psmdcp" Id="R7222759a37f54033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d2164ddf7f4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3792c8ba25d345b7ac650e64d441c38b.psmdcp" Id="R9e95de596cd3458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AAA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Pig Population in June and December</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/29/2025 11:00:00 AM</x:t>
+    <x:t>29/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>As a result of rounding, there may be slight discrepancies between the sum (or difference) of the constituent items and the total shown. Percentage changes have been calculated using actual figures.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AAA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LSD</x:t>
   </x:si>
   <x:si>
     <x:t>Livestock Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophie Emerson</x:t>
+    <x:t>Stephanie Kelleher</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>agri@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5453</x:t>
+    <x:t>(+353) 21 453 5123</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -409,50 +409,53 @@
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>AAA05C2</x:t>
   </x:si>
   <x:si>
     <x:t>Pig Population Estimated from December Survey</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -589,651 +592,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...599 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="51">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="51">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02148V02965" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Pig" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1327" totalsRowShown="0">
   <x:autoFilter ref="A1:H1327"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02148V02965"/>
     <x:tableColumn id="6" name="Type of Pig"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1502,51 +1084,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AAA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1735,51 +1317,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1327"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -35941,340 +35523,379 @@
         <x:v>386.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:8">
       <x:c r="A1315" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1315" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1315" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1315" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1315" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1315" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1316" spans="1:8">
       <x:c r="A1316" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1316" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1316" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1316" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1316" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1317" spans="1:8">
       <x:c r="A1317" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1317" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1317" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1317" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1317" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1318" spans="1:8">
       <x:c r="A1318" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1318" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1318" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1318" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1318" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1318" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1318" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1319" spans="1:8">
       <x:c r="A1319" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1319" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1319" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1319" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F1319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G1319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1319" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1320" spans="1:8">
       <x:c r="A1320" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1320" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1320" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1320" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1320" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F1320" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G1320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1320" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1321" spans="1:8">
       <x:c r="A1321" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1321" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1321" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1321" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1321" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1321" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1322" spans="1:8">
       <x:c r="A1322" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1322" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1322" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1322" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1322" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1322" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1322" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1323" spans="1:8">
       <x:c r="A1323" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1323" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1323" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1323" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F1323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G1323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1323" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1324" spans="1:8">
       <x:c r="A1324" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1324" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1324" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1324" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1324" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F1324" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G1324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1324" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1325" spans="1:8">
       <x:c r="A1325" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1325" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1325" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1325" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1325" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F1325" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G1325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1325" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1326" spans="1:8">
       <x:c r="A1326" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1326" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1326" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1326" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1326" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F1326" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G1326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1326" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="1327" spans="1:8">
       <x:c r="A1327" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B1327" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C1327" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D1327" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1327" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F1327" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G1327" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1327" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -36291,51 +35912,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1327" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="AAA05C1"/>
         <x:s v="AAA05C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Pig Population Estimated from June Survey"/>
         <x:s v="Pig Population Estimated from December Survey"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="51">
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
         <x:s v="1981"/>
         <x:s v="1982"/>
         <x:s v="1983"/>
@@ -37495,27 +37116,13288 @@
         <x:n v="30.4"/>
         <x:n v="1280.9"/>
         <x:n v="369"/>
         <x:n v="277"/>
         <x:n v="234.2"/>
         <x:n v="37.6"/>
         <x:n v="363"/>
         <x:n v="1473.7"/>
         <x:n v="122.2"/>
         <x:n v="63.3"/>
         <x:n v="0.8"/>
         <x:n v="1351.5"/>
         <x:n v="373"/>
         <x:n v="295.3"/>
         <x:n v="242.2"/>
         <x:n v="54.7"/>
         <x:n v="386.2"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="810.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="704.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="216.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="211.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="211.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="942.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="824.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="263.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="238.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="247.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="945.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="834.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="255.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="254.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="235.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1040.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="129.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="911.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="286.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="284.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="248.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1101.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="120.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="976.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="307.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="312.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="248.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1030.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="120.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="910.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="285.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="294.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1021.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="118.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="902.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="292.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="284.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="237.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1057.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="934.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="307.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="279.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="253.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1081.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="958.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="325.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="291.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="248.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1035.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="918.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="325.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="261.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="887.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="315.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="249.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1002.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="314.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="255.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="230.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="887.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="323.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="251.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="226.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1013.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="120.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="893.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="320.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="250.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="240.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1067.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="941.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="336.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="259.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="265.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1194.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="151.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1042.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="363.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="280.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="304.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1303.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="161.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1142.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="296.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1385.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="173.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1212.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="415.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="308.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="386.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1521.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="179.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1341.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="469.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="343.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1530.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="175.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1354.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="461.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="336.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="436.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1550.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1375.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="483.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="352.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="422.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1620.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="183.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1437.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="504.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="365.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="432.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1699.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="191.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1507.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="136.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="446.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1818.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="199.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1618.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="550.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="429.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="469.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1786.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="192.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1594.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="550.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="137.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="492.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1722.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="180.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1541.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="506.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="379.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="128.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="526.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="186.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1556.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="481.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="383.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="141.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="547.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1784.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="185.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1599.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="487.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="401.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="160.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="548.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1726.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="175.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1550.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="465.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="174.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="520.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1653.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="170.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1482.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="463.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="376.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="139.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="495.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1687.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="173.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1514.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="469.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="379.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="150.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="509.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1643.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="169.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1473.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="453.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="370.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="205.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="436.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1587.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="165.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1422.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="441.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="330.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="449.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="157.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1304.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="382.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="303.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="388.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1385.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1236.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="362.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="283.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="197.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="371.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1516.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="161.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1354.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="414.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="246.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="393.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="156.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1392.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="425.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="295.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="240.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="420.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1570.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="316.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="237.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="444.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1552.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1404.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="399.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="303.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="238.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="448.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1555.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="151.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1403.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="395.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="307.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="248.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1536.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="149.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1387.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="401.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="283.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="247.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="445.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1594.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="149.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1444.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="394.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="327.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="262.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="445.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1556.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1412.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="421.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="289.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="279.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="410.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1621.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="148.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1473.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="412.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="279.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="451.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1615.98"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="143.32"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.57"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78.73"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26.97"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.98"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.07"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1472.66"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="437.47"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="299.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="265.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="451.99"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1582.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="150.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1432.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="285.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="274.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="457.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1694.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1542.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="421.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="289.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="459.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1634.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1497.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="423.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1661.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1515.7"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="415.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="324.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="331.6"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="413.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1679.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1527.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="429.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="329.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="328.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="405.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1556.3"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1420.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="392.1"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="317.8"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="AAA05C1"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="394.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="880.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="767.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="237.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="241.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="222.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="854.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="273.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="271.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="237.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="968.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="851.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="283.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="272.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="217.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1099.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="129.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="970.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="315.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="255.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="121.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="935.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="307.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="306.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="227.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1030.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="915.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="292.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="311.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="224.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="121.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="905.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="278.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="236.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1081.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="956.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="315.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="299.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="239.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1053.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="930.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="311.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="240.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1019.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="307.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="263.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="238.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="994.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="876.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="265.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="240.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="866.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="301.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="264.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="219.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="960.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="847.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="295.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="258.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="217.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1014.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="894.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="322.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="250.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="244.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1110.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="971.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="341.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="265.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="279.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1249.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1093.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="376.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="282.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="333.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1345.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1178.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="402.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="309.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="365.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1422.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1244.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="423.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="314.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="397.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1487.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1312.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="430.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="334.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="427.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1498.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1331.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="448.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="414.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1542.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="180.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1361.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="464.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="344.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="135.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="410.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1664.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="187.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1477.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="501.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="371.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="450.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="197.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1519.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="521.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="407.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1800.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="192.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1608.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="535.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="433.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="164.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="469.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1762.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="190.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1572.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="520.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="407.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="485.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1731.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="188.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1542.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="395.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="151.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="481.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1777.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="190.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1586.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="494.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="397.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="168.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="522.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1796.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="186.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1610.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="497.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="393.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="177.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="178.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1552.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="475.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="385.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="188.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="496.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1754.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="181.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1572.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="506.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="393.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="504.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1670.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1493.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="482.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="366.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="160.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="478.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="168.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1451.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="459.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="349.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="211.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="420.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1500.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="160.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1340.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="398.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="304.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="189.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="435.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1510.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="152.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1358.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="409.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="312.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="215.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="410.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1501.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="159.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1342.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="415.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="300.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="385.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1500.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="150.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1349.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="399.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="295.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="238.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="405.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1552.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1405.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="402.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="208.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="447.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1493.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1347.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="412.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="298.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="213.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="407.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1469.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1323.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="380.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="273.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="228.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="427.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1505.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1358.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="384.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="296.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="225.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1474.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="140.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1334.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="396.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="290.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="230.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1527.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="146.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1381.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="409.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="285.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="250.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="426.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1616.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="150.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1466.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="417.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="322.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="266.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="449.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1572.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1429.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="417.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="315.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="245.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="436.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1613.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1468.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="417.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="265.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="451.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1678.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1530.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="436.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="340.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="277.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="426.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1713.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1567.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="422.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="338.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="282.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="482.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1570.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1442.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="386.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="317.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="275.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="418.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1407.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1280.9"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="234.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <n v="1473.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <n v="1351.5"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <n v="295.3"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <n v="242.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <n v="386.2"/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="AAA05C2"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>