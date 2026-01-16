--- v0 (2025-11-09)
+++ v1 (2026-01-16)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab55854a8b554159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/361463de956d4b94b4309118ffb0d2bc.psmdcp" Id="Rdeae6e49f2c34187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c4d144bda447db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f02d3d4994f14c7a905671e58a47daf4.psmdcp" Id="R129b6ec4ebdd47c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>AAA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Pig Population (1975 to 1997)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2020 11:00:00 AM</x:t>
+    <x:t>20/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AAA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LSD</x:t>
   </x:si>
   <x:si>
     <x:t>Livestock Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophie Emersion</x:t>
+    <x:t>Stephanie Kelleher</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>agri@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5453</x:t>
+    <x:t>(+353) 21 453 5123</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -514,443 +514,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02148V02965" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Pig" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1197" totalsRowShown="0">
   <x:autoFilter ref="A1:H1197"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02148V02965"/>
     <x:tableColumn id="2" name="Type of Pig"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1219,51 +954,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/AAA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1450,51 +1185,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1197"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -32604,51 +32339,51 @@
       <x:c r="E1197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1197" s="0">
         <x:v>446.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32665,51 +32400,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1197" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02148V02965">
       <x:sharedItems count="13">
         <x:s v="03"/>
         <x:s v="031"/>
         <x:s v="03111"/>
         <x:s v="03112"/>
         <x:s v="03113"/>
         <x:s v="03114"/>
         <x:s v="0312"/>
         <x:s v="032"/>
         <x:s v="03211"/>
         <x:s v="03212"/>
         <x:s v="032131"/>
         <x:s v="032132"/>
         <x:s v="0322"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Pig">
       <x:sharedItems count="13">
         <x:s v="Total pigs"/>
         <x:s v="Breeding pigs"/>
         <x:s v="Gilts in pig"/>
         <x:s v="Sows in pig"/>
@@ -33724,27 +33459,11988 @@
         <x:n v="424.3"/>
         <x:n v="417"/>
         <x:n v="414.1"/>
         <x:n v="440.5"/>
         <x:n v="432.5"/>
         <x:n v="436.5"/>
         <x:n v="410.4"/>
         <x:n v="428.1"/>
         <x:n v="412.6"/>
         <x:n v="422.9"/>
         <x:n v="450.3"/>
         <x:n v="425.9"/>
         <x:n v="439.6"/>
         <x:n v="432.8"/>
         <x:n v="453"/>
         <x:n v="448.9"/>
         <x:n v="444.2"/>
         <x:n v="446.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="880.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="787.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="833.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="810.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="910.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="973.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="942.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="968.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="944.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="946.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="945.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1099.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1027.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1053.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1040.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1104.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1097.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1101.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1030.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1030.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1022.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1017.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1021.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1081.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1040.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1072.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1057.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1053.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1075.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1091.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1081.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1019.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1030.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1031.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1035.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="994.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1003.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1008.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="999.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1002.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="960.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="994.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="995.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1014.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="988.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1011.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1013.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1110.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1056.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1080.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1067.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1249.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1162.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1202.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1194.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1345.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1290.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1316.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1303.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1422.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1379.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1398.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1385.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1487.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1504.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1512.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1521.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1498.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1525.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1535.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1530.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1542.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1554.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1547.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1550.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1664.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1599.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1642.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1620.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1684.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1714.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Total pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1699.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="116.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="129.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="126.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="132.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="129.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="121.3"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="126.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="118.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="120.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="121.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="120.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="118.3"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="124.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="125.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="117.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="118.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="120.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="124.5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="129.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="150.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="151.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="158.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="163.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="161.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="171.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="176.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="173.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="181.3"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="179.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="177.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="173.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="175.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="180.9"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="174.2"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="187.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="182.7"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="183.4"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="197.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="188.1"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="195.3"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Breeding pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="191.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="03111"/>
+    <s v="Gilts in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="03112"/>
+    <s v="Sows in pig"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="03113"/>
+    <s v="Other sows for breeding"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="03114"/>
+    <s v="Gilts not yet served"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="0312"/>
+    <s v="Boars"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="767.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="723.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="704.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="854.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="791.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="857.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="824.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="851.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="833.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="835.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="834.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="970.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="901.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="921.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="911.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="935.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="978.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="975.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="976.8"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="915.8"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="920.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="880.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="910.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="905.5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="897.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="902.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="956.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="917.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="948.5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="934.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="930.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="968.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="958.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="910.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="914.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="918.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="876.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="884.1"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="889.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="887.1"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="866.5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="881.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="880.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="847.5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="881.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="882.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="887.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="894.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="872.1"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="893.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="893.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="971.8"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="950.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="941.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1093.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1017.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1052.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1042.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1178.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1132.3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1152.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1142.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1244.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1207.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1222.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1212.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1312.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1323.1"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1334.8"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1341.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1331.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1347.9"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1361.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1354.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1361.5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1379.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1375.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1477.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1415.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1459.7"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1437.5"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="1519.4"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="1496.6"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1519.1"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Other pigs"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="1507.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="237.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="211.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="220.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="216.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="273.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="258.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="267.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="263.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="283.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="259.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="251.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="255.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="315.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="286.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="287.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="286.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="307.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="315.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="300.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="307.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="292.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="292.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="277.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="285.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="297.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="290.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="292.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="315.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="304.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="312.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="307.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="311.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="323.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="333.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="325.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="307.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="305.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="301.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="325.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="315.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="315.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="301.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="294.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="290.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="314.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="295.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="312.7"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="323.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="322.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="320.1"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="341.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="339.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="335.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="336.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="376.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="358.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="360.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="363.2"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="402.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="387.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="390.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="423.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="419.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="415.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="430.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="459.4"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="466.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="469.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="448.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="455.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="467.2"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="461.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="464.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="481.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="488.2"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="483.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="501.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="501.5"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="507.8"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="504.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="521.9"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="528.6"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="531.3"/>
+  </r>
+  <r>
+    <s v="03211"/>
+    <s v="Other pigs: 20kg and under 50kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="241.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="197.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="225.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="211.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="271.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="216.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="261.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="238.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="272.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="243.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="266.2"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="254.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="290.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="284.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="306.9"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="304.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="320.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="312.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="311.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="283.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="279.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="294.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="278.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="294.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="280.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="284.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="299.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="277.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="281.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="279.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="278.2"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="296.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="291.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="263.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="268.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="263.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="261.9"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="265.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="245.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="245.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="249.2"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="264.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="266.9"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="269.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="255.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="258.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="264.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="260.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="251.9"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="250.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="238.2"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="252.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="250.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="265.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="257.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="262.2"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="259.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="282.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="275.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="280.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="280.9"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="309.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="302.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="296.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="314.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="315.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="308.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="334.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="342.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="334.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="343.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="332.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="339.6"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="336.2"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="344.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="349.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="356.81"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="352.1"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="371.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="352.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="377.7"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="365.3"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="407.8"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="375.4"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="406.5"/>
+  </r>
+  <r>
+    <s v="03212"/>
+    <s v="Other pigs: 50kg and under 80kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="61.32"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="63.53"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="72.29"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="81.38"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="76.69"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="71.83"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="78.51"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="85.17"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="81.43"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="74.12"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="60.81"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="69.03"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="71.72"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="82.14"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="75.44"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="79.29"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="77.56"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="91.06"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="69.24"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="67.08"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="69.68"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="64.47"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="67.99"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="64.49"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="67.66"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="71.29"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="75.02"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="86.42"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="95.59"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="93.93"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="90.05"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="97.67"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="97.75"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="108.29"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="113.07"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="135.6"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="113.63"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="113.9"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="128.99"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="131.23"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="137.8"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="134.47"/>
+  </r>
+  <r>
+    <s v="032131"/>
+    <s v="Other pigs: 80kg and under 110kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="136.1"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="4.16"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="6.98"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="7.31"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="7.53"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="16.71"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.02"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="16.57"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="23.76"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="21.41"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="12.11"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="22.46"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="12.28"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="13.44"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.07"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="16.39"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="17.83"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="15.15"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="16.17"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="14.49"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="16.35"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.57"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="9.66"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.86"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="11.39"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="14.19"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="10.91"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="11.17"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="8.05"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="8.28"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="13.82"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="8.85"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="10.77"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="9.04"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5.86"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="6.02"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="3.38"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="5.85"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="2.59"/>
+  </r>
+  <r>
+    <s v="032132"/>
+    <s v="Other pigs: 110kg and over"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="222.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="210.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="211.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="211.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="237.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="246.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="248.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="247.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="217.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="240.4"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="231.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="235.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="255.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="247.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="248.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="248.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="227.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="257.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="240.4"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="248.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="224.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="227.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="236.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="234.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="237.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="239.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="251.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="258.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="253.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="240.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="257.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="242.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="248.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="238.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="242.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="243.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="240.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="253.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="219.4"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="238.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="234.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="230.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="217.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="225.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="228.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="226.4"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="244.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="241.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="240.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="240.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="279.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="257.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="271.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="265.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="333.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="296.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="311.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="304.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="365.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="347.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="354.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="397.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="382.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="394.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="386.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="427.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="409.7"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="424.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="414.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="440.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="432.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="436.5"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="410.4"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="428.1"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="412.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="422.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="450.3"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="425.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="439.6"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="432.8"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C1"/>
+    <s v="Pig Population Estimated from December Survey"/>
+    <s v="Thousand"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C2"/>
+    <s v="Pig Population Estimated from April Survey"/>
+    <s v="Thousand"/>
+    <n v="448.9"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C3"/>
+    <s v="Pig Population Estimated from August Survey"/>
+    <s v="Thousand"/>
+    <n v="444.2"/>
+  </r>
+  <r>
+    <s v="0322"/>
+    <s v="Other pigs: under 20kg"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="AAA04C4"/>
+    <s v="Pig Population Estimated from June Survey"/>
+    <s v="Thousand"/>
+    <n v="446.5"/>
+  </r>
+</pivotCacheRecords>
 </file>