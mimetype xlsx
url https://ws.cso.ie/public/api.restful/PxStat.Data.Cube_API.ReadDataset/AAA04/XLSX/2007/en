--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c4d144bda447db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f02d3d4994f14c7a905671e58a47daf4.psmdcp" Id="R129b6ec4ebdd47c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba657aa427b4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30c710c8aae3427f97d73e8bf1f44c45.psmdcp" Id="Rd7d51c8e99df454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>