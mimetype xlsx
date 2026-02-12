--- v0 (2025-11-14)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656460443b474dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/716a0ed790f8457e872fcacc6b8fabcc.psmdcp" Id="R45929a0a21c04f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5fdea4cf316431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09f74beda4d34d668c701653bbb46323.psmdcp" Id="Rd31f40b321b746c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0918</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers in Private Households where Reference Person Speaks Irish</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0918/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,571 +664,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons in Household aged 3 Years and Over" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C02683V03250"/>
     <x:tableColumn id="6" name="Persons in Household aged 3 Years and Over"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1499,51 +1144,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0918/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1730,51 +1375,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13060,51 +12705,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>19409</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13121,51 +12766,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0918"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -13629,27 +13274,4252 @@
         <x:n v="3141"/>
         <x:n v="18741"/>
         <x:n v="34801"/>
         <x:n v="3076"/>
         <x:n v="5598"/>
         <x:n v="5073"/>
         <x:n v="6291"/>
         <x:n v="6092"/>
         <x:n v="8671"/>
         <x:n v="49163"/>
         <x:n v="11008"/>
         <x:n v="686"/>
         <x:n v="1462"/>
         <x:n v="1400"/>
         <x:n v="2149"/>
         <x:n v="2333"/>
         <x:n v="2978"/>
         <x:n v="19409"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="982581"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73159"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158969"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149725"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209811"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186353"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204564"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1406101"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="460047"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36050"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79092"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72621"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102467"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85740"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84077"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="677450"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15911"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="252789"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23921"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48228"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41896"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56015"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44798"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37931"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="357272"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103634"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15211"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24389"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18076"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19852"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13803"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12303"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144798"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53636"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9806"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9472"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12541"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10135"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72008"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45271"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6382"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6484"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10223"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8590"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63917"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50248"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7651"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7864"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12097"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10637"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9425"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76549"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36399"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7495"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53141"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20022"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29814"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13909"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21684"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7599"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30504"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26581"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6047"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41147"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13724"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21788"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17159"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24715"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21215"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35561"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21745"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34154"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="318713"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21963"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49275"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48026"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68571"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62219"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68659"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="443589"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32128"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6273"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7161"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43067"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126910"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8514"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19407"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18734"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27472"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25650"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27133"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177379"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36830"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7854"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6903"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6211"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50983"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90080"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12948"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12636"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19618"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18747"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20922"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126396"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41405"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8254"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7895"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9042"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55998"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51747"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7974"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11277"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9870"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11193"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72185"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20046"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37626"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8281"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7549"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9106"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52139"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18635"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26535"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20153"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29830"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27735"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38595"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11509"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15588"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16226"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23007"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146782"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21978"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21140"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28248"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197749"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71540"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10713"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14203"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13600"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17336"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91620"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21323"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26495"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50217"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7046"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9565"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9605"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13546"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65125"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7139"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10379"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36586"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10243"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50389"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15498"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22459"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16019"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22902"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57039"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7938"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10525"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10603"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14790"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87313"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11230"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18741"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34801"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5598"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6291"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6092"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8671"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49163"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11008"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="A0918"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19409"/>
+  </r>
+</pivotCacheRecords>
 </file>