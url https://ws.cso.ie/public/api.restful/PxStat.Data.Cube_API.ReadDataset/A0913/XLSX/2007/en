--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8bfe34c2f14b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cba592f672a743e38cb106f537edbea7.psmdcp" Id="R0ad4ac70732444b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf15638fc91994a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39c437eb59464068baf2c8edd842b05c.psmdcp" Id="Re0596bf808c943b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0913</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households with Irish Speakers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0913/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,571 +664,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons in Household aged 3 Years and Over" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C02683V03250"/>
     <x:tableColumn id="6" name="Persons in Household aged 3 Years and Over"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1499,51 +1144,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0913/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1730,51 +1375,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13060,51 +12705,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>15231</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13121,51 +12766,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0913"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households with Irish Speakers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -13625,27 +13270,4252 @@
         <x:n v="1400"/>
         <x:n v="1233"/>
         <x:n v="1382"/>
         <x:n v="16270"/>
         <x:n v="19974"/>
         <x:n v="3076"/>
         <x:n v="4184"/>
         <x:n v="3248"/>
         <x:n v="3430"/>
         <x:n v="2780"/>
         <x:n v="3256"/>
         <x:n v="39191"/>
         <x:n v="7398"/>
         <x:n v="686"/>
         <x:n v="1277"/>
         <x:n v="1155"/>
         <x:n v="1462"/>
         <x:n v="15231"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="578779"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73161"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123543"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101967"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117345"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85981"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76782"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123238"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291263"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36052"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63647"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52215"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61123"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42886"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35340"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="600784"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6328"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12317"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162406"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23923"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38470"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29342"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22129"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15837"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="343205"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72712"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15213"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19341"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12064"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172433"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32104"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7774"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6795"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61465"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25892"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47599"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31698"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6189"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5548"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61708"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21236"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38929"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22257"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15638"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9376"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12783"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28133"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16171"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17465"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9933"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19150"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14641"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31382"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31134"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176555"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21963"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37074"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31460"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35831"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26538"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23689"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319089"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16811"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29125"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70932"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8514"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14713"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12547"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14581"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11019"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9558"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129911"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21956"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41294"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48976"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9822"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10326"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7927"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88617"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22203"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38992"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28530"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6038"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50374"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8921"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16970"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19609"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33404"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10137"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17719"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12061"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23360"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15881"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29608"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6823"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13579"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9058"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16029"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76235"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15995"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11214"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132673"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35162"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7527"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5978"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55855"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11121"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17168"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24041"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38687"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8331"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19334"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34477"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16457"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17553"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34726"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70692"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7354"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16270"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19974"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39191"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7398"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="A0913"/>
+    <s v="Private Households with Irish Speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15231"/>
+  </r>
+</pivotCacheRecords>
 </file>