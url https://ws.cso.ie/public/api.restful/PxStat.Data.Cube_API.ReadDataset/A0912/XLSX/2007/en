--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7dbe5d278d46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c983b51b4c5d4729ae7fb9269872c8cd.psmdcp" Id="Rd7c90a25bc484d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91877043a5d64ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d35f16ce3af4bc98e4a80abd64c635f.psmdcp" Id="R9463271387ec4bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0912</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Persons Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0912/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,339 +466,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht and State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N241" totalsRowShown="0">
   <x:autoFilter ref="A1:N241"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="9" name="C02793V03362"/>
     <x:tableColumn id="10" name="Gaeltacht and State"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1073,51 +904,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0912/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1304,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -11946,51 +11777,51 @@
       <x:c r="K241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N241" s="0">
         <x:v>5405</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12007,51 +11838,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0912"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Persons Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -12351,27 +12182,3868 @@
         <x:n v="69792"/>
         <x:n v="914"/>
         <x:n v="64387"/>
         <x:n v="197"/>
         <x:n v="15309"/>
         <x:n v="175"/>
         <x:n v="13391"/>
         <x:n v="161"/>
         <x:n v="12685"/>
         <x:n v="27"/>
         <x:n v="1317"/>
         <x:n v="12"/>
         <x:n v="906"/>
         <x:n v="416"/>
         <x:n v="334"/>
         <x:n v="20363"/>
         <x:n v="79"/>
         <x:n v="5405"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64549"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57300"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427067"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18338"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554303"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13616"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="624215"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15218"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797118"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157472"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128019"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60227"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105713"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7249"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47325"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1085494"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41057"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="846258"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13700"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92031"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9394"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159292"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11073"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365083"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96224"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76527"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33317"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23784"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239236"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15359"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1547782"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14547"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1459875"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="433544"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="439848"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="409983"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58784"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49688"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25961"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42067"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87907"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133387"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120934"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28728"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25075"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22052"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39862"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12453"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32575"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29184"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1191866"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10279"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291680"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7414"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325092"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="347675"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72206"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68767"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36183"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50263"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166914"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24040"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="502007"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="390960"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49079"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5214"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81746"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151461"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40025"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39065"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19392"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10192"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111047"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="793178"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="744359"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229182"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231662"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186847"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31034"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28804"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16258"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20572"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48819"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63595"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56547"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13419"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11684"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9367"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19499"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31974"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28116"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1235201"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262623"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299123"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="449443"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85266"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59252"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24044"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55450"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172682"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23285"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="583487"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19910"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="455298"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42952"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77546"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213622"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56199"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13925"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13592"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128189"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="754604"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="715516"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204362"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208186"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223136"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27750"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20884"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9703"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21495"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39088"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69792"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64387"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15309"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12685"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20363"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0912"/>
+    <s v="1996 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+</pivotCacheRecords>
 </file>