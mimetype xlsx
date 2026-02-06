--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91877043a5d64ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d35f16ce3af4bc98e4a80abd64c635f.psmdcp" Id="R9463271387ec4bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3fac9088f8e40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc30c6ea15a7415dbc0764ab5dc0c33b.psmdcp" Id="Ra6a783d0ebf94396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>