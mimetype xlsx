--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17346bf17a28421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c3216e07304491a881e833c822ce1b4.psmdcp" Id="R8842a99642464c59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc040961841624006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2ac4a68ea9b4a169017fe4504c52c53.psmdcp" Id="R080afb4c2f6c4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0906</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0906/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -463,315 +463,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L133" totalsRowShown="0">
   <x:autoFilter ref="A1:L133"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02710V03278"/>
     <x:tableColumn id="8" name="Ability to Speak Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1044,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0906/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1275,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L133"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -6365,51 +6208,51 @@
       <x:c r="I133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0">
         <x:v>21706</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6426,51 +6269,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L133" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0906"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="235"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
@@ -6655,27 +6498,1876 @@
         <x:n v="95317"/>
         <x:n v="7027"/>
         <x:n v="145254"/>
         <x:n v="46715"/>
         <x:n v="90070"/>
         <x:n v="8469"/>
         <x:n v="413882"/>
         <x:n v="105156"/>
         <x:n v="273834"/>
         <x:n v="34892"/>
         <x:n v="177252"/>
         <x:n v="43650"/>
         <x:n v="120416"/>
         <x:n v="13186"/>
         <x:n v="236630"/>
         <x:n v="61506"/>
         <x:n v="153418"/>
         <x:n v="21706"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3479648"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1430205"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1858170"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191273"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1724793"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672527"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="958438"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93828"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1754855"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="757678"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="899732"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97445"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103955"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76142"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19342"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53301"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39291"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50654"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36851"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9364"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282943"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126286"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135650"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21007"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145335"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62646"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71819"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10870"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137608"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63640"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63831"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10137"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326087"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209954"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98596"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17537"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167377"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103842"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54150"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9385"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158710"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106112"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44446"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8152"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339536"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221561"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104487"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13488"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173950"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105352"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61078"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165586"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116209"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43409"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293354"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145000"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135389"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12965"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149143"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66991"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74811"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144211"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78009"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5624"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="519974"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186660"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313758"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19556"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257098"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83727"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162833"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10538"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262876"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102933"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150925"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9018"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="496117"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190202"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="287278"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18637"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246204"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88029"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148969"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249913"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102173"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138309"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9431"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="412047"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146045"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247649"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18353"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208634"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70103"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129754"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203413"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75942"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117895"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9576"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291753"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90870"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185387"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15496"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146499"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44155"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95317"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145254"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46715"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90070"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8469"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413882"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105156"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="273834"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177252"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43650"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120416"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13186"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236630"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61506"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153418"/>
+  </r>
+  <r>
+    <s v="A0906"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21706"/>
+  </r>
+</pivotCacheRecords>
 </file>