--- v0 (2025-11-09)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53c1402c7a34a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f402681df42d4e58a6e3ad224d92b63a.psmdcp" Id="Re6efee9eae9a414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162efe7e86eb4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e03e961dee0495f834bda5d6a40dd44.psmdcp" Id="R44c257021aae4678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0826</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0826/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -559,443 +559,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03149V03801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03155V03807" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L451" totalsRowShown="0">
   <x:autoFilter ref="A1:L451"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03149V03801"/>
     <x:tableColumn id="6" name="Subject"/>
     <x:tableColumn id="7" name="C03155V03807"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1268,51 +1015,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0826/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1499,51 +1246,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L451"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="85.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -18673,51 +18420,51 @@
       <x:c r="I451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>13479</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18734,51 +18481,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L451" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0826"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -19214,27 +18961,6328 @@
         <x:n v="358"/>
         <x:n v="1240"/>
         <x:n v="35"/>
         <x:n v="961"/>
         <x:n v="79"/>
         <x:n v="67"/>
         <x:n v="74"/>
         <x:n v="780"/>
         <x:n v="279"/>
         <x:n v="501"/>
         <x:n v="1978"/>
         <x:n v="246"/>
         <x:n v="737"/>
         <x:n v="5697"/>
         <x:n v="436"/>
         <x:n v="164"/>
         <x:n v="148"/>
         <x:n v="13479"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28649"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14333"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9613"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11775"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8263"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42241"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126900"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11544"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16963"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7989"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49613"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11202"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14686"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8870"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17294"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8154"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6147"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11663"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33763"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23711"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12510"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7183"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6882"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8475"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24877"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92521"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16054"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10121"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6633"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7215"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46745"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20284"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17364"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34379"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7411"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5028"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9117"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0826"/>
+    <s v="1996 Population Aged 15 Years and Over at work with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13479"/>
+  </r>
+</pivotCacheRecords>
 </file>