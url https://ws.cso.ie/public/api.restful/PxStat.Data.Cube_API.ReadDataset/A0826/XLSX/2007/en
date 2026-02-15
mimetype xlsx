--- v1 (2025-12-29)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162efe7e86eb4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e03e961dee0495f834bda5d6a40dd44.psmdcp" Id="R44c257021aae4678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b0e81bbb4e04d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/156348f770b447fe8c40605aa5e21fc9.psmdcp" Id="Rad882290bd2f4b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>