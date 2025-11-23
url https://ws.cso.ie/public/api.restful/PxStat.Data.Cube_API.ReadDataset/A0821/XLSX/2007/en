--- v0 (2025-10-05)
+++ v1 (2025-11-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c50d31123d47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b6475cbeead4f61977029b4d4764252.psmdcp" Id="Redaf9b02d3ed45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5990b7f757954765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fcca25a023d4b5b861db67082846a7e.psmdcp" Id="R394c3f009a344836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>