--- v1 (2025-11-23)
+++ v2 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5990b7f757954765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fcca25a023d4b5b861db67082846a7e.psmdcp" Id="R394c3f009a344836" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R806ef06ac2b44258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39562a35fe9a416fbfe6fca8e3439fc0.psmdcp" Id="R353619b6ab8c4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0821</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0821/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,595 +664,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03149V03801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03149V03801"/>
     <x:tableColumn id="6" name="Subject"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1525,51 +1158,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0821/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1756,51 +1389,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="96.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31926,51 +31559,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31987,51 +31620,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0821"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -32714,27 +32347,11116 @@
         <x:n v="1501"/>
         <x:n v="1456"/>
         <x:n v="45"/>
         <x:n v="1407"/>
         <x:n v="686"/>
         <x:n v="643"/>
         <x:n v="616"/>
         <x:n v="475"/>
         <x:n v="459"/>
         <x:n v="463"/>
         <x:n v="432"/>
         <x:n v="402"/>
         <x:n v="31"/>
         <x:n v="4358"/>
         <x:n v="4128"/>
         <x:n v="174"/>
         <x:n v="3940"/>
         <x:n v="205"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133430"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126900"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21759"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104473"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11544"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52625"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49613"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8067"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41405"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10609"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7965"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4645"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11450"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10882"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11232"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8904"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14989"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14686"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10018"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6873"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17294"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14643"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3885"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35629"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33763"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31185"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12177"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11583"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10697"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97265"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92521"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18191"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73864"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10320"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49531"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46745"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7776"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38843"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10127"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9515"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7560"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10263"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9170"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10243"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6406"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21391"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20284"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18372"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36165"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34379"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30609"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7583"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7411"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9117"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8237"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14238"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13479"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12813"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0821"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+</pivotCacheRecords>
 </file>