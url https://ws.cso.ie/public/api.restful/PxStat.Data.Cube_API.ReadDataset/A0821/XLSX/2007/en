--- v2 (2026-01-10)
+++ v3 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R806ef06ac2b44258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39562a35fe9a416fbfe6fca8e3439fc0.psmdcp" Id="R353619b6ab8c4bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c4946ea0384260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28895080958748a59fe59a4fb2bd87cf.psmdcp" Id="R88e5026ae43143d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>