--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453e778123594c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7667ded154c64d1c9edd8b05ed2ae3c1.psmdcp" Id="R579cbbf353394f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cf3cd7d3124cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3afa87010ba84f99b0821a2d5bae9fbf.psmdcp" Id="R0d4e9f1fe1ad4dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0820</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0820/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -673,603 +673,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03149V03801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L925" totalsRowShown="0">
   <x:autoFilter ref="A1:L925"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C03149V03801"/>
     <x:tableColumn id="8" name="Subject"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1542,51 +1169,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0820/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1773,51 +1400,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="78.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="46.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -36959,51 +36586,51 @@
       <x:c r="I925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K925" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L925" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37020,51 +36647,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0820"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -37842,27 +37469,12964 @@
         <x:n v="442"/>
         <x:n v="268"/>
         <x:n v="2523"/>
         <x:n v="805"/>
         <x:n v="1506"/>
         <x:n v="875"/>
         <x:n v="65"/>
         <x:n v="755"/>
         <x:n v="39"/>
         <x:n v="37"/>
         <x:n v="2342"/>
         <x:n v="35"/>
         <x:n v="43"/>
         <x:n v="1163"/>
         <x:n v="403"/>
         <x:n v="532"/>
         <x:n v="291"/>
         <x:n v="510"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157940"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59341"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12248"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12643"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12455"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18767"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23049"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42957"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7035"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13462"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110503"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11669"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55409"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11817"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12142"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24523"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47437"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3932"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9959"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12955"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18434"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26932"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9466"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17056"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9518"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9876"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54205"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4105"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21475"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16598"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6444"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36263"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19536"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17942"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36643"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9330"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26283"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13035"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10360"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20883"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16056"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7074"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10417"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8327"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8860"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0820"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+</pivotCacheRecords>
 </file>