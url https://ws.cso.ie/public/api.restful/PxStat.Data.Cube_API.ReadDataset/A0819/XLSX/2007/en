--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa296aa212a4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c69c8a669d2a41ac96bf28303803d3a0.psmdcp" Id="R9736e2c2203a47a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775c05e61aab47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fff3be178527417ea4deed8141f49fac.psmdcp" Id="R5c01fb4f8cde40ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0819</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0819/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -658,579 +658,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03149V03801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03149V03801"/>
     <x:tableColumn id="6" name="Subject"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1503,51 +1148,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0819/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1734,51 +1379,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="78.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31904,51 +31549,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31965,51 +31610,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0819"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -32794,27 +32439,11116 @@
         <x:n v="239"/>
         <x:n v="377"/>
         <x:n v="904"/>
         <x:n v="241"/>
         <x:n v="686"/>
         <x:n v="260"/>
         <x:n v="644"/>
         <x:n v="314"/>
         <x:n v="675"/>
         <x:n v="216"/>
         <x:n v="855"/>
         <x:n v="5006"/>
         <x:n v="754"/>
         <x:n v="4358"/>
         <x:n v="648"/>
         <x:n v="261"/>
         <x:n v="6"/>
         <x:n v="56"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="82230"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157940"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="71227"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133430"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="11003"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24510"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="28441"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59341"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="26197"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52625"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12248"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10609"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12643"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11450"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12455"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11232"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="12770"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18767"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14989"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6873"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="13425"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23049"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="10958"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="17988"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42957"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35629"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7035"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13462"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12177"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="60827"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110503"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="55651"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97265"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13238"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="8733"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11669"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10320"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="27349"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55409"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49531"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10127"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11817"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12142"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3956"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="10922"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24523"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9790"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21391"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47437"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="15576"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36165"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All subjects"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11272"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Agricultural science (incl. veterinary)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="101"/>
+    <s v="General agriculture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="102"/>
+    <s v="Veterinary medicine and science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Dairy science"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104"/>
+    <s v="Horticulture"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="105"/>
+    <s v="Forestry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3932"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Engineering, architecture and surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Architecture and town planning"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="202"/>
+    <s v="Civil engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="203"/>
+    <s v="Surveying"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="204"/>
+    <s v="Electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="Electronic engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="206"/>
+    <s v="Mechanical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="207"/>
+    <s v="Production/industrial engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="208"/>
+    <s v="Mechanical and electrical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="209"/>
+    <s v="Agricultural engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Chemical engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="211"/>
+    <s v="Other engineering (field specified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="212"/>
+    <s v="Other engineering (field unspecified)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9959"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7583"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="Medical and related sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="301"/>
+    <s v="General medicine, surgery and obstetrics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="302"/>
+    <s v="Pharmacy and pharmacology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="303"/>
+    <s v="Dentistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="304"/>
+    <s v="Medical laboratory sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="305"/>
+    <s v="Other disciplines related to medicine"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6461"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12955"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="400"/>
+    <s v="Social sciences (incl. economics)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Social science and sociology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="Commerce (incl. economics and business)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="Politics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="404"/>
+    <s v="Psychology"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="405"/>
+    <s v="Other social sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="7066"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18434"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14238"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Natural and other sciences (incl. computer science)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Biological sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="502"/>
+    <s v="Biochemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="503"/>
+    <s v="Chemistry"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="504"/>
+    <s v="Earth sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="505"/>
+    <s v="Physics"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="506"/>
+    <s v="Mathematical sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="507"/>
+    <s v="Biological and physical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="508"/>
+    <s v="Physical and mathematical sciences combined"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="509"/>
+    <s v="Other sciences"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="Computer science and computer engineering"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0819"/>
+    <s v="1996 Population Aged 15 Years and Over with a Scientific or Technological Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="More than one qualification at the same level"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+</pivotCacheRecords>
 </file>