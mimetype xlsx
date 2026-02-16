--- v1 (2025-12-29)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775c05e61aab47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fff3be178527417ea4deed8141f49fac.psmdcp" Id="R5c01fb4f8cde40ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15a53ab7a7b4482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa864bd766094f29bab4173af5aee4d7.psmdcp" Id="R37d5cd23f71e4626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>