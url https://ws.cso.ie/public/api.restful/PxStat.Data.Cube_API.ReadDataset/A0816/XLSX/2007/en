--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R749ea704d03f43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d48db363926c44098f139f703c70ef0d.psmdcp" Id="R264ab8e229864ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46ca71ff61174c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4ae1a2c3eff4b40a2d426e14d60af35.psmdcp" Id="Re30cb84143d94f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0816</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over whose Full-time Education has Ceased</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0816/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,403 +514,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L505" totalsRowShown="0">
   <x:autoFilter ref="A1:L505"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02722V03289"/>
     <x:tableColumn id="4" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1183,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0816/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1414,51 +1191,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="71.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -20640,51 +20417,51 @@
       <x:c r="I505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>35925</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20701,51 +20478,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0816"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02722V03289">
       <x:sharedItems count="14">
         <x:s v="01"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="17"/>
         <x:s v="19"/>
         <x:s v="20"/>
@@ -21321,27 +21098,7084 @@
         <x:n v="4299"/>
         <x:n v="2656"/>
         <x:n v="1643"/>
         <x:n v="5192"/>
         <x:n v="2905"/>
         <x:n v="2287"/>
         <x:n v="2089"/>
         <x:n v="1228"/>
         <x:n v="861"/>
         <x:n v="3264"/>
         <x:n v="1016"/>
         <x:n v="2248"/>
         <x:n v="1182"/>
         <x:n v="634"/>
         <x:n v="548"/>
         <x:n v="50013"/>
         <x:n v="14088"/>
         <x:n v="35925"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427067"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="893103"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254546"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170139"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84407"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106262"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80007"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26255"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210032"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164708"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45324"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="461157"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363123"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98034"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323992"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206241"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117751"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239257"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166999"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72258"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="193812"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118751"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75061"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122172"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79615"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42557"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207370"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104411"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102959"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57374"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22048"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="251093"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44644"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206449"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554303"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222701"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="331602"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27095"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14336"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9802"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51073"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23237"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27836"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84784"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36709"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48075"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67577"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33528"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34049"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83074"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38299"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44775"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27741"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13261"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90779"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42606"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48173"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21856"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13117"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89287"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8389"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80898"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255518"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147650"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107868"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20030"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11715"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8315"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37066"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25430"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11636"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48127"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30077"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18050"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33994"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23295"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10699"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28432"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18363"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10069"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16453"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10623"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26746"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14184"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12562"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7267"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29370"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23895"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="368697"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235054"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133643"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36698"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22307"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14391"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12864"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7531"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65919"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48738"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17181"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72683"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50335"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22348"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46266"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34323"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11943"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32793"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23373"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9420"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25681"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17138"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8543"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31945"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17767"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14178"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9456"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6918"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31417"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5619"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25798"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="316980"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224526"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92454"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41330"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26868"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14462"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21444"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15913"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87349"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72900"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47245"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34655"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12590"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33709"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27178"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14637"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17918"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12114"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5804"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19560"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10021"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18625"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15209"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="380017"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280021"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99996"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55203"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36865"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18338"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8195"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33804"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26119"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7685"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120629"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103738"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16891"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42149"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31665"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10484"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35766"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30323"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18153"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18253"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12512"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21671"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10717"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10954"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19531"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100121"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80005"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20116"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14015"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10298"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11727"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9610"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35651"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32410"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6864"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7738"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72570"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61331"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11239"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10700"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8734"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5350"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18883"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16245"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18546"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17297"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84902"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72598"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12304"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14076"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11758"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13531"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11469"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29166"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26051"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12910"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11964"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64258"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55189"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9069"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11265"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9533"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13688"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11705"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21418"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19199"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8339"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7697"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38417"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33273"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10487"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9855"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4411"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25344"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21603"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9804"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8510"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60227"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49105"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11122"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8571"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7034"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19657"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16005"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13122"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105713"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50908"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54805"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5707"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10643"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8043"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11084"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50013"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14088"/>
+  </r>
+  <r>
+    <s v="A0816"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35925"/>
+  </r>
+</pivotCacheRecords>
 </file>