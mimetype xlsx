--- v1 (2025-11-22)
+++ v2 (2026-01-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46ca71ff61174c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4ae1a2c3eff4b40a2d426e14d60af35.psmdcp" Id="Re30cb84143d94f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d786cf3560447d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c30882bae89b4901a93bcb8629777f11.psmdcp" Id="R55685dd7523346e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>