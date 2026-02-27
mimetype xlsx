--- v2 (2026-01-11)
+++ v3 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d786cf3560447d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c30882bae89b4901a93bcb8629777f11.psmdcp" Id="R55685dd7523346e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e9c0f2be8b42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a38e36c32eb410c858cea6d4575dbef.psmdcp" Id="R5b4d7f4813f24f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>